--- v0 (2025-11-26)
+++ v1 (2026-02-19)
@@ -8,597 +8,597 @@
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="13E6A983" w14:textId="77777777" w:rsidR="00887E1E" w:rsidRPr="00BF4F06" w:rsidRDefault="00887E1E" w:rsidP="00894B9F">
+    <w:p w14:paraId="2E2F3C57" w14:textId="77777777" w:rsidR="00887E1E" w:rsidRPr="00BF4F06" w:rsidRDefault="00887E1E" w:rsidP="00894B9F">
       <w:pPr>
         <w:pStyle w:val="datumtevilka"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1301B86C" w14:textId="77777777" w:rsidR="00887E1E" w:rsidRPr="00BF4F06" w:rsidRDefault="00887E1E" w:rsidP="00894B9F">
+    <w:p w14:paraId="652A9657" w14:textId="77777777" w:rsidR="00887E1E" w:rsidRPr="00BF4F06" w:rsidRDefault="00887E1E" w:rsidP="00894B9F">
       <w:pPr>
         <w:pStyle w:val="datumtevilka"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="440CB2B1" w14:textId="77777777" w:rsidR="00F825FF" w:rsidRPr="00BF4F06" w:rsidRDefault="00F825FF" w:rsidP="00894B9F">
+    <w:p w14:paraId="2DD68569" w14:textId="77777777" w:rsidR="00F825FF" w:rsidRPr="00BF4F06" w:rsidRDefault="00F825FF" w:rsidP="00894B9F">
       <w:pPr>
         <w:pStyle w:val="datumtevilka"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="363017A1" w14:textId="77777777" w:rsidR="00F825FF" w:rsidRPr="00BF4F06" w:rsidRDefault="00F825FF" w:rsidP="00894B9F">
+    <w:p w14:paraId="19C8E603" w14:textId="77777777" w:rsidR="00F825FF" w:rsidRPr="00BF4F06" w:rsidRDefault="00F825FF" w:rsidP="00894B9F">
       <w:pPr>
         <w:pStyle w:val="datumtevilka"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6E074178" w14:textId="77777777" w:rsidR="00F825FF" w:rsidRPr="00BF4F06" w:rsidRDefault="00F825FF" w:rsidP="00894B9F">
+    <w:p w14:paraId="4B2CC4E6" w14:textId="77777777" w:rsidR="00F825FF" w:rsidRPr="00BF4F06" w:rsidRDefault="00F825FF" w:rsidP="00894B9F">
       <w:pPr>
         <w:pStyle w:val="datumtevilka"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="27678B76" w14:textId="77777777" w:rsidR="00F825FF" w:rsidRPr="00BF4F06" w:rsidRDefault="00F825FF" w:rsidP="00894B9F">
+    <w:p w14:paraId="0F8A9428" w14:textId="77777777" w:rsidR="00F825FF" w:rsidRPr="00BF4F06" w:rsidRDefault="00F825FF" w:rsidP="00894B9F">
       <w:pPr>
         <w:pStyle w:val="datumtevilka"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4A5DF2E0" w14:textId="77777777" w:rsidR="00887E1E" w:rsidRDefault="00887E1E" w:rsidP="00894B9F">
+    <w:p w14:paraId="52628BE3" w14:textId="77777777" w:rsidR="00887E1E" w:rsidRDefault="00887E1E" w:rsidP="00894B9F">
       <w:pPr>
         <w:pStyle w:val="datumtevilka"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="113B6062" w14:textId="77777777" w:rsidR="00B92705" w:rsidRPr="00BF4F06" w:rsidRDefault="00B92705" w:rsidP="00894B9F">
+    <w:p w14:paraId="299D56A3" w14:textId="77777777" w:rsidR="00B92705" w:rsidRPr="00BF4F06" w:rsidRDefault="00B92705" w:rsidP="00894B9F">
       <w:pPr>
         <w:pStyle w:val="datumtevilka"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2DED3D62" w14:textId="77777777" w:rsidR="00887E1E" w:rsidRPr="00BF4F06" w:rsidRDefault="00887E1E" w:rsidP="00894B9F">
+    <w:p w14:paraId="14117685" w14:textId="77777777" w:rsidR="00887E1E" w:rsidRPr="00BF4F06" w:rsidRDefault="00887E1E" w:rsidP="00894B9F">
       <w:pPr>
         <w:pStyle w:val="datumtevilka"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0158B1C5" w14:textId="77777777" w:rsidR="009D7F91" w:rsidRDefault="009D7F91" w:rsidP="00BF4F06">
+    <w:p w14:paraId="7CFC94D8" w14:textId="77777777" w:rsidR="009D7F91" w:rsidRDefault="009D7F91" w:rsidP="00BF4F06">
       <w:pPr>
         <w:pStyle w:val="datumtevilka"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="42A88BE3" w14:textId="77777777" w:rsidR="009D7F91" w:rsidRDefault="009D7F91" w:rsidP="00BF4F06">
+    <w:p w14:paraId="00E71C15" w14:textId="77777777" w:rsidR="009D7F91" w:rsidRDefault="009D7F91" w:rsidP="00BF4F06">
       <w:pPr>
         <w:pStyle w:val="datumtevilka"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="570B5B95" w14:textId="77777777" w:rsidR="00370FCA" w:rsidRPr="00BF4F06" w:rsidRDefault="00370FCA" w:rsidP="00BF4F06">
+    <w:p w14:paraId="3D2CFD9D" w14:textId="77777777" w:rsidR="00370FCA" w:rsidRPr="00BF4F06" w:rsidRDefault="00370FCA" w:rsidP="00BF4F06">
       <w:pPr>
         <w:pStyle w:val="datumtevilka"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BF4F06">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
         <w:t>KOMBINIRANA NOMENKLATURA</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="69C53972" w14:textId="77777777" w:rsidR="00370FCA" w:rsidRPr="00BF4F06" w:rsidRDefault="00370FCA" w:rsidP="00BF4F06">
+    <w:p w14:paraId="020A3B6B" w14:textId="77777777" w:rsidR="00370FCA" w:rsidRPr="00BF4F06" w:rsidRDefault="00370FCA" w:rsidP="00BF4F06">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BF4F06">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
         <w:t>EVROPSKE UNIJE</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E39ADD8" w14:textId="77777777" w:rsidR="00E853E8" w:rsidRPr="00BF4F06" w:rsidRDefault="00E853E8" w:rsidP="00BF4F06">
+    <w:p w14:paraId="5D962C78" w14:textId="77777777" w:rsidR="00E853E8" w:rsidRPr="00BF4F06" w:rsidRDefault="00E853E8" w:rsidP="00BF4F06">
       <w:pPr>
         <w:pStyle w:val="datumtevilka"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="15CF12BC" w14:textId="77777777" w:rsidR="00E853E8" w:rsidRPr="00BF4F06" w:rsidRDefault="00E853E8" w:rsidP="00BF4F06">
+    <w:p w14:paraId="6534E510" w14:textId="77777777" w:rsidR="00E853E8" w:rsidRPr="00BF4F06" w:rsidRDefault="00E853E8" w:rsidP="00BF4F06">
       <w:pPr>
         <w:pStyle w:val="datumtevilka"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="440E72EA" w14:textId="77777777" w:rsidR="00E853E8" w:rsidRPr="00BF4F06" w:rsidRDefault="00E853E8" w:rsidP="00BF4F06">
+    <w:p w14:paraId="3944961E" w14:textId="77777777" w:rsidR="00E853E8" w:rsidRPr="00BF4F06" w:rsidRDefault="00E853E8" w:rsidP="00BF4F06">
       <w:pPr>
         <w:pStyle w:val="datumtevilka"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="795B52D2" w14:textId="77777777" w:rsidR="00E853E8" w:rsidRPr="00BF4F06" w:rsidRDefault="00E853E8" w:rsidP="00BF4F06">
+    <w:p w14:paraId="173FC7AE" w14:textId="77777777" w:rsidR="00E853E8" w:rsidRPr="00BF4F06" w:rsidRDefault="00E853E8" w:rsidP="00BF4F06">
       <w:pPr>
         <w:pStyle w:val="datumtevilka"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3F853DFF" w14:textId="77777777" w:rsidR="00887E1E" w:rsidRPr="00BF4F06" w:rsidRDefault="00887E1E" w:rsidP="00BF4F06">
+    <w:p w14:paraId="04DC1C55" w14:textId="77777777" w:rsidR="00887E1E" w:rsidRPr="00BF4F06" w:rsidRDefault="00887E1E" w:rsidP="00BF4F06">
       <w:pPr>
         <w:pStyle w:val="datumtevilka"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="75A83547" w14:textId="77777777" w:rsidR="00F825FF" w:rsidRDefault="00F825FF" w:rsidP="00BF4F06">
+    <w:p w14:paraId="0B378C40" w14:textId="77777777" w:rsidR="00F825FF" w:rsidRDefault="00F825FF" w:rsidP="00BF4F06">
       <w:pPr>
         <w:pStyle w:val="datumtevilka"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5110D63C" w14:textId="77777777" w:rsidR="009D7F91" w:rsidRPr="00BF4F06" w:rsidRDefault="009D7F91" w:rsidP="00BF4F06">
+    <w:p w14:paraId="6D0C1C88" w14:textId="77777777" w:rsidR="009D7F91" w:rsidRPr="00BF4F06" w:rsidRDefault="009D7F91" w:rsidP="00BF4F06">
       <w:pPr>
         <w:pStyle w:val="datumtevilka"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0DF795F0" w14:textId="77777777" w:rsidR="00F825FF" w:rsidRPr="00BF4F06" w:rsidRDefault="00F825FF" w:rsidP="00BF4F06">
+    <w:p w14:paraId="04AF90D6" w14:textId="77777777" w:rsidR="00F825FF" w:rsidRPr="00BF4F06" w:rsidRDefault="00F825FF" w:rsidP="00BF4F06">
       <w:pPr>
         <w:pStyle w:val="datumtevilka"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6E3FDF5E" w14:textId="77777777" w:rsidR="00F825FF" w:rsidRPr="00BF4F06" w:rsidRDefault="00F825FF" w:rsidP="00BF4F06">
+    <w:p w14:paraId="5E5405EE" w14:textId="77777777" w:rsidR="00F825FF" w:rsidRPr="00BF4F06" w:rsidRDefault="00F825FF" w:rsidP="00BF4F06">
       <w:pPr>
         <w:pStyle w:val="datumtevilka"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2369086B" w14:textId="77777777" w:rsidR="00F825FF" w:rsidRPr="00BF4F06" w:rsidRDefault="00F825FF" w:rsidP="00BF4F06">
+    <w:p w14:paraId="58747166" w14:textId="77777777" w:rsidR="00F825FF" w:rsidRPr="00BF4F06" w:rsidRDefault="00F825FF" w:rsidP="00BF4F06">
       <w:pPr>
         <w:pStyle w:val="datumtevilka"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0F74C0AC" w14:textId="77777777" w:rsidR="00F825FF" w:rsidRPr="00BF4F06" w:rsidRDefault="00F825FF" w:rsidP="00BF4F06">
+    <w:p w14:paraId="062F2C27" w14:textId="77777777" w:rsidR="00F825FF" w:rsidRPr="00BF4F06" w:rsidRDefault="00F825FF" w:rsidP="00BF4F06">
       <w:pPr>
         <w:pStyle w:val="datumtevilka"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0D104B1F" w14:textId="77777777" w:rsidR="00887E1E" w:rsidRPr="00BF4F06" w:rsidRDefault="00887E1E" w:rsidP="00BF4F06">
+    <w:p w14:paraId="5ABD7C54" w14:textId="77777777" w:rsidR="00887E1E" w:rsidRPr="00BF4F06" w:rsidRDefault="00887E1E" w:rsidP="00BF4F06">
       <w:pPr>
         <w:pStyle w:val="podpisi"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="451EA66C" w14:textId="77777777" w:rsidR="00F825FF" w:rsidRPr="00BF4F06" w:rsidRDefault="00F825FF" w:rsidP="00BF4F06">
+    <w:p w14:paraId="32578A25" w14:textId="77777777" w:rsidR="00F825FF" w:rsidRPr="00BF4F06" w:rsidRDefault="00F825FF" w:rsidP="00BF4F06">
       <w:pPr>
         <w:pStyle w:val="podpisi"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="43E365FC" w14:textId="77777777" w:rsidR="00887E1E" w:rsidRPr="00BF4F06" w:rsidRDefault="00887E1E" w:rsidP="00BF4F06">
+    <w:p w14:paraId="635B68EF" w14:textId="77777777" w:rsidR="00887E1E" w:rsidRPr="00BF4F06" w:rsidRDefault="00887E1E" w:rsidP="00BF4F06">
       <w:pPr>
         <w:pStyle w:val="podpisi"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="05CC4BD8" w14:textId="77777777" w:rsidR="00887E1E" w:rsidRPr="00BF4F06" w:rsidRDefault="00887E1E" w:rsidP="00BF4F06">
+    <w:p w14:paraId="44D57B35" w14:textId="77777777" w:rsidR="00887E1E" w:rsidRPr="00BF4F06" w:rsidRDefault="00887E1E" w:rsidP="00BF4F06">
       <w:pPr>
         <w:pStyle w:val="podpisi"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0986420A" w14:textId="77777777" w:rsidR="00887E1E" w:rsidRPr="00BF4F06" w:rsidRDefault="00887E1E" w:rsidP="00BF4F06">
+    <w:p w14:paraId="4CE466B0" w14:textId="77777777" w:rsidR="00887E1E" w:rsidRPr="00BF4F06" w:rsidRDefault="00887E1E" w:rsidP="00BF4F06">
       <w:pPr>
         <w:pStyle w:val="podpisi"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7EA01F51" w14:textId="77777777" w:rsidR="00887E1E" w:rsidRPr="00BF4F06" w:rsidRDefault="00887E1E" w:rsidP="00BF4F06">
+    <w:p w14:paraId="71443DE2" w14:textId="77777777" w:rsidR="00887E1E" w:rsidRPr="00BF4F06" w:rsidRDefault="00887E1E" w:rsidP="00BF4F06">
       <w:pPr>
         <w:pStyle w:val="podpisi"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5FDE74A3" w14:textId="77777777" w:rsidR="00887E1E" w:rsidRPr="00BF4F06" w:rsidRDefault="00887E1E" w:rsidP="00BF4F06">
+    <w:p w14:paraId="62070009" w14:textId="77777777" w:rsidR="00887E1E" w:rsidRPr="00BF4F06" w:rsidRDefault="00887E1E" w:rsidP="00BF4F06">
       <w:pPr>
         <w:pStyle w:val="podpisi"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="742D8820" w14:textId="77777777" w:rsidR="00887E1E" w:rsidRPr="00BF4F06" w:rsidRDefault="00887E1E" w:rsidP="00BF4F06">
+    <w:p w14:paraId="419939B4" w14:textId="77777777" w:rsidR="00887E1E" w:rsidRPr="00BF4F06" w:rsidRDefault="00887E1E" w:rsidP="00BF4F06">
       <w:pPr>
         <w:pStyle w:val="podpisi"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="11CC1795" w14:textId="77777777" w:rsidR="00887E1E" w:rsidRPr="00BF4F06" w:rsidRDefault="00887E1E" w:rsidP="00BF4F06">
+    <w:p w14:paraId="2E477F77" w14:textId="77777777" w:rsidR="00887E1E" w:rsidRPr="00BF4F06" w:rsidRDefault="00887E1E" w:rsidP="00BF4F06">
       <w:pPr>
         <w:pStyle w:val="podpisi"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5DB16E97" w14:textId="77777777" w:rsidR="00E853E8" w:rsidRPr="00BF4F06" w:rsidRDefault="00E853E8" w:rsidP="00BF4F06">
+    <w:p w14:paraId="07F1C03E" w14:textId="77777777" w:rsidR="00E853E8" w:rsidRPr="00BF4F06" w:rsidRDefault="00E853E8" w:rsidP="00BF4F06">
       <w:pPr>
         <w:pStyle w:val="podpisi"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7AEC9149" w14:textId="77777777" w:rsidR="00E853E8" w:rsidRPr="00BF4F06" w:rsidRDefault="00E853E8" w:rsidP="00BF4F06">
+    <w:p w14:paraId="6068ACFD" w14:textId="77777777" w:rsidR="00E853E8" w:rsidRPr="00BF4F06" w:rsidRDefault="00E853E8" w:rsidP="00BF4F06">
       <w:pPr>
         <w:pStyle w:val="podpisi"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="608E9614" w14:textId="77777777" w:rsidR="00E853E8" w:rsidRPr="00BF4F06" w:rsidRDefault="00E853E8" w:rsidP="00BF4F06">
+    <w:p w14:paraId="2AC15508" w14:textId="77777777" w:rsidR="00E853E8" w:rsidRPr="00BF4F06" w:rsidRDefault="00E853E8" w:rsidP="00BF4F06">
       <w:pPr>
         <w:pStyle w:val="podpisi"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="59206125" w14:textId="77777777" w:rsidR="00E853E8" w:rsidRPr="00BF4F06" w:rsidRDefault="00E853E8" w:rsidP="00BF4F06">
+    <w:p w14:paraId="55E7D5B1" w14:textId="77777777" w:rsidR="00E853E8" w:rsidRPr="00BF4F06" w:rsidRDefault="00E853E8" w:rsidP="00BF4F06">
       <w:pPr>
         <w:pStyle w:val="podpisi"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4A3BA727" w14:textId="77777777" w:rsidR="00E853E8" w:rsidRPr="00BF4F06" w:rsidRDefault="00E853E8" w:rsidP="00BF4F06">
+    <w:p w14:paraId="39FDD393" w14:textId="77777777" w:rsidR="00E853E8" w:rsidRPr="00BF4F06" w:rsidRDefault="00E853E8" w:rsidP="00BF4F06">
       <w:pPr>
         <w:pStyle w:val="podpisi"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6D884D6B" w14:textId="77777777" w:rsidR="00E853E8" w:rsidRPr="00BF4F06" w:rsidRDefault="00E853E8" w:rsidP="00BF4F06">
+    <w:p w14:paraId="59AA73EF" w14:textId="77777777" w:rsidR="00E853E8" w:rsidRPr="00BF4F06" w:rsidRDefault="00E853E8" w:rsidP="00BF4F06">
       <w:pPr>
         <w:pStyle w:val="podpisi"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="210F024D" w14:textId="77777777" w:rsidR="00887E1E" w:rsidRPr="00BF4F06" w:rsidRDefault="00887E1E" w:rsidP="00BF4F06">
+    <w:p w14:paraId="7B2E873D" w14:textId="77777777" w:rsidR="00887E1E" w:rsidRPr="00BF4F06" w:rsidRDefault="00887E1E" w:rsidP="00BF4F06">
       <w:pPr>
         <w:pStyle w:val="podpisi"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="57D80456" w14:textId="77777777" w:rsidR="00887E1E" w:rsidRPr="00BF4F06" w:rsidRDefault="00887E1E" w:rsidP="00BF4F06">
+    <w:p w14:paraId="4307332F" w14:textId="77777777" w:rsidR="00887E1E" w:rsidRPr="00BF4F06" w:rsidRDefault="00887E1E" w:rsidP="00BF4F06">
       <w:pPr>
         <w:pStyle w:val="podpisi"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="152B3235" w14:textId="77777777" w:rsidR="00887E1E" w:rsidRPr="00BF4F06" w:rsidRDefault="00887E1E" w:rsidP="00BF4F06">
+    <w:p w14:paraId="06436E04" w14:textId="77777777" w:rsidR="00887E1E" w:rsidRPr="00BF4F06" w:rsidRDefault="00887E1E" w:rsidP="00BF4F06">
       <w:pPr>
         <w:pStyle w:val="podpisi"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3531E25D" w14:textId="77777777" w:rsidR="00887E1E" w:rsidRPr="00BF4F06" w:rsidRDefault="00887E1E" w:rsidP="00BF4F06">
+    <w:p w14:paraId="63E03E0F" w14:textId="77777777" w:rsidR="00887E1E" w:rsidRPr="00BF4F06" w:rsidRDefault="00887E1E" w:rsidP="00BF4F06">
       <w:pPr>
         <w:pStyle w:val="podpisi"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="55C5CBB9" w14:textId="77777777" w:rsidR="00887E1E" w:rsidRPr="00BF4F06" w:rsidRDefault="00887E1E" w:rsidP="00BF4F06">
+    <w:p w14:paraId="2CB99E8A" w14:textId="77777777" w:rsidR="00887E1E" w:rsidRPr="00BF4F06" w:rsidRDefault="00887E1E" w:rsidP="00BF4F06">
       <w:pPr>
         <w:pStyle w:val="podpisi"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="20254C0E" w14:textId="77777777" w:rsidR="00887E1E" w:rsidRPr="00BF4F06" w:rsidRDefault="00887E1E" w:rsidP="00BF4F06">
+    <w:p w14:paraId="6803ECD9" w14:textId="77777777" w:rsidR="00887E1E" w:rsidRPr="00BF4F06" w:rsidRDefault="00887E1E" w:rsidP="00BF4F06">
       <w:pPr>
         <w:pStyle w:val="podpisi"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="51E37260" w14:textId="77777777" w:rsidR="00402EA4" w:rsidRDefault="00370FCA" w:rsidP="00402EA4">
+    <w:p w14:paraId="79A21D11" w14:textId="77777777" w:rsidR="00402EA4" w:rsidRDefault="00370FCA" w:rsidP="00402EA4">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BF4F06">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1DA7BD0C" w14:textId="77777777" w:rsidR="00DA2C9A" w:rsidRPr="00BF4F06" w:rsidRDefault="00DA2C9A" w:rsidP="00A62AC2">
+    <w:p w14:paraId="5B420604" w14:textId="77777777" w:rsidR="00DA2C9A" w:rsidRPr="00BF4F06" w:rsidRDefault="00DA2C9A" w:rsidP="00A62AC2">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BF4F06">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>K</w:t>
       </w:r>
       <w:r w:rsidR="000C203D" w:rsidRPr="00BF4F06">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
         <w:t>AZALO</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="470C259D" w14:textId="77777777" w:rsidR="003379F3" w:rsidRPr="00BF4F06" w:rsidRDefault="003379F3" w:rsidP="00894B9F">
+    <w:p w14:paraId="0EEDB693" w14:textId="77777777" w:rsidR="003379F3" w:rsidRPr="00BF4F06" w:rsidRDefault="003379F3" w:rsidP="00894B9F">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="380BD0FA" w14:textId="77777777" w:rsidR="003379F3" w:rsidRPr="005E226F" w:rsidRDefault="005E226F" w:rsidP="00894B9F">
+    <w:p w14:paraId="5081E730" w14:textId="77777777" w:rsidR="003379F3" w:rsidRPr="005E226F" w:rsidRDefault="005E226F" w:rsidP="00894B9F">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">1.0 </w:t>
       </w:r>
       <w:r w:rsidR="003379F3" w:rsidRPr="005E226F">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>KOMBINIRANA NOMENKLATURA EVROPSKE UNIJE ....................</w:t>
       </w:r>
       <w:r w:rsidR="00A62AC2">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>......</w:t>
       </w:r>
       <w:r w:rsidR="003379F3" w:rsidRPr="005E226F">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">............................ 3 </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="385CD199" w14:textId="77777777" w:rsidR="003379F3" w:rsidRPr="005E226F" w:rsidRDefault="005E226F" w:rsidP="00894B9F">
+    <w:p w14:paraId="228F08B6" w14:textId="77777777" w:rsidR="003379F3" w:rsidRPr="005E226F" w:rsidRDefault="005E226F" w:rsidP="00894B9F">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>2.0</w:t>
       </w:r>
       <w:r w:rsidR="003379F3" w:rsidRPr="005E226F">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
@@ -606,51 +606,51 @@
         </w:rPr>
         <w:t>VSEBINA KOMBINIRANE NOMENKLATURE</w:t>
       </w:r>
       <w:r w:rsidR="003379F3" w:rsidRPr="005E226F">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>....................................................</w:t>
       </w:r>
       <w:r w:rsidR="00A62AC2">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>......</w:t>
       </w:r>
       <w:r w:rsidR="003379F3" w:rsidRPr="005E226F">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">............. 3 </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5BE1BF0F" w14:textId="77777777" w:rsidR="00402EA4" w:rsidRPr="005E226F" w:rsidRDefault="005E226F" w:rsidP="00894B9F">
+    <w:p w14:paraId="644DF3A6" w14:textId="77777777" w:rsidR="00402EA4" w:rsidRPr="005E226F" w:rsidRDefault="005E226F" w:rsidP="00894B9F">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
         <w:t>3.0</w:t>
       </w:r>
       <w:r w:rsidR="003379F3" w:rsidRPr="005E226F">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
@@ -672,937 +672,937 @@
       <w:r w:rsidR="00A62AC2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
         <w:t>......</w:t>
       </w:r>
       <w:r w:rsidR="003379F3" w:rsidRPr="005E226F">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
         <w:t xml:space="preserve">................. </w:t>
       </w:r>
       <w:r w:rsidR="005C454B">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E6B928A" w14:textId="77777777" w:rsidR="00370FCA" w:rsidRDefault="00370FCA" w:rsidP="00894B9F">
+    <w:p w14:paraId="1D8916BA" w14:textId="77777777" w:rsidR="00370FCA" w:rsidRDefault="00370FCA" w:rsidP="00894B9F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7FE1AE24" w14:textId="77777777" w:rsidR="005E226F" w:rsidRDefault="005E226F" w:rsidP="00894B9F">
+    <w:p w14:paraId="2F3994DE" w14:textId="77777777" w:rsidR="005E226F" w:rsidRDefault="005E226F" w:rsidP="00894B9F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0FE29E95" w14:textId="77777777" w:rsidR="005E226F" w:rsidRDefault="005E226F" w:rsidP="00894B9F">
+    <w:p w14:paraId="4F10E46F" w14:textId="77777777" w:rsidR="005E226F" w:rsidRDefault="005E226F" w:rsidP="00894B9F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="03EA6537" w14:textId="77777777" w:rsidR="005E226F" w:rsidRDefault="005E226F" w:rsidP="00894B9F">
+    <w:p w14:paraId="561863B8" w14:textId="77777777" w:rsidR="005E226F" w:rsidRDefault="005E226F" w:rsidP="00894B9F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5239B377" w14:textId="77777777" w:rsidR="005E226F" w:rsidRDefault="005E226F" w:rsidP="00894B9F">
+    <w:p w14:paraId="00B66B2E" w14:textId="77777777" w:rsidR="005E226F" w:rsidRDefault="005E226F" w:rsidP="00894B9F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0AA6B6D3" w14:textId="77777777" w:rsidR="005E226F" w:rsidRDefault="005E226F" w:rsidP="00894B9F">
+    <w:p w14:paraId="713A7550" w14:textId="77777777" w:rsidR="005E226F" w:rsidRDefault="005E226F" w:rsidP="00894B9F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="38C060EB" w14:textId="77777777" w:rsidR="005E226F" w:rsidRDefault="005E226F" w:rsidP="00894B9F">
+    <w:p w14:paraId="6AB36157" w14:textId="77777777" w:rsidR="005E226F" w:rsidRDefault="005E226F" w:rsidP="00894B9F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4752EDEA" w14:textId="77777777" w:rsidR="005E226F" w:rsidRDefault="005E226F" w:rsidP="00894B9F">
+    <w:p w14:paraId="7EAA45E8" w14:textId="77777777" w:rsidR="005E226F" w:rsidRDefault="005E226F" w:rsidP="00894B9F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="537DFBFA" w14:textId="77777777" w:rsidR="005E226F" w:rsidRDefault="005E226F" w:rsidP="00894B9F">
+    <w:p w14:paraId="6548C66C" w14:textId="77777777" w:rsidR="005E226F" w:rsidRDefault="005E226F" w:rsidP="00894B9F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="23389B16" w14:textId="77777777" w:rsidR="005E226F" w:rsidRDefault="005E226F" w:rsidP="00894B9F">
+    <w:p w14:paraId="33F101DD" w14:textId="77777777" w:rsidR="005E226F" w:rsidRDefault="005E226F" w:rsidP="00894B9F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4DA258BC" w14:textId="77777777" w:rsidR="005E226F" w:rsidRDefault="005E226F" w:rsidP="00894B9F">
+    <w:p w14:paraId="3FE152F4" w14:textId="77777777" w:rsidR="005E226F" w:rsidRDefault="005E226F" w:rsidP="00894B9F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6832F18C" w14:textId="77777777" w:rsidR="005E226F" w:rsidRDefault="005E226F" w:rsidP="00894B9F">
+    <w:p w14:paraId="4238220C" w14:textId="77777777" w:rsidR="005E226F" w:rsidRDefault="005E226F" w:rsidP="00894B9F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="05696C1E" w14:textId="77777777" w:rsidR="005E226F" w:rsidRDefault="005E226F" w:rsidP="00894B9F">
+    <w:p w14:paraId="7E7F042B" w14:textId="77777777" w:rsidR="005E226F" w:rsidRDefault="005E226F" w:rsidP="00894B9F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="38656FB9" w14:textId="77777777" w:rsidR="005E226F" w:rsidRDefault="005E226F" w:rsidP="00894B9F">
+    <w:p w14:paraId="69CFCF58" w14:textId="77777777" w:rsidR="005E226F" w:rsidRDefault="005E226F" w:rsidP="00894B9F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="267BE839" w14:textId="77777777" w:rsidR="005E226F" w:rsidRDefault="005E226F" w:rsidP="00894B9F">
+    <w:p w14:paraId="64524832" w14:textId="77777777" w:rsidR="005E226F" w:rsidRDefault="005E226F" w:rsidP="00894B9F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7A888847" w14:textId="77777777" w:rsidR="005E226F" w:rsidRDefault="005E226F" w:rsidP="00894B9F">
+    <w:p w14:paraId="43A88F37" w14:textId="77777777" w:rsidR="005E226F" w:rsidRDefault="005E226F" w:rsidP="00894B9F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="62E10720" w14:textId="77777777" w:rsidR="005E226F" w:rsidRDefault="005E226F" w:rsidP="00894B9F">
+    <w:p w14:paraId="348AFDC8" w14:textId="77777777" w:rsidR="005E226F" w:rsidRDefault="005E226F" w:rsidP="00894B9F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6DDB2FDD" w14:textId="77777777" w:rsidR="005E226F" w:rsidRDefault="005E226F" w:rsidP="00894B9F">
+    <w:p w14:paraId="5336C276" w14:textId="77777777" w:rsidR="005E226F" w:rsidRDefault="005E226F" w:rsidP="00894B9F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0CC817F1" w14:textId="77777777" w:rsidR="005E226F" w:rsidRDefault="005E226F" w:rsidP="00894B9F">
+    <w:p w14:paraId="76CF1CC7" w14:textId="77777777" w:rsidR="005E226F" w:rsidRDefault="005E226F" w:rsidP="00894B9F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="734B2654" w14:textId="77777777" w:rsidR="005E226F" w:rsidRDefault="005E226F" w:rsidP="00894B9F">
+    <w:p w14:paraId="028FFE6D" w14:textId="77777777" w:rsidR="005E226F" w:rsidRDefault="005E226F" w:rsidP="00894B9F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="250A640C" w14:textId="77777777" w:rsidR="005E226F" w:rsidRDefault="005E226F" w:rsidP="00894B9F">
+    <w:p w14:paraId="69204016" w14:textId="77777777" w:rsidR="005E226F" w:rsidRDefault="005E226F" w:rsidP="00894B9F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1AACD9D5" w14:textId="77777777" w:rsidR="005E226F" w:rsidRDefault="005E226F" w:rsidP="00894B9F">
+    <w:p w14:paraId="15477772" w14:textId="77777777" w:rsidR="005E226F" w:rsidRDefault="005E226F" w:rsidP="00894B9F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="742D8011" w14:textId="77777777" w:rsidR="005E226F" w:rsidRDefault="005E226F" w:rsidP="00894B9F">
+    <w:p w14:paraId="71BE06A9" w14:textId="77777777" w:rsidR="005E226F" w:rsidRDefault="005E226F" w:rsidP="00894B9F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1096F527" w14:textId="77777777" w:rsidR="005E226F" w:rsidRDefault="005E226F" w:rsidP="00894B9F">
+    <w:p w14:paraId="22126EB8" w14:textId="77777777" w:rsidR="005E226F" w:rsidRDefault="005E226F" w:rsidP="00894B9F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0A479F14" w14:textId="77777777" w:rsidR="005E226F" w:rsidRDefault="005E226F" w:rsidP="00894B9F">
+    <w:p w14:paraId="382E3CEB" w14:textId="77777777" w:rsidR="005E226F" w:rsidRDefault="005E226F" w:rsidP="00894B9F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="78AE87CC" w14:textId="77777777" w:rsidR="005E226F" w:rsidRDefault="005E226F" w:rsidP="00894B9F">
+    <w:p w14:paraId="60E3E66D" w14:textId="77777777" w:rsidR="005E226F" w:rsidRDefault="005E226F" w:rsidP="00894B9F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5A9C8C87" w14:textId="77777777" w:rsidR="005E226F" w:rsidRDefault="005E226F" w:rsidP="00894B9F">
+    <w:p w14:paraId="220BC262" w14:textId="77777777" w:rsidR="005E226F" w:rsidRDefault="005E226F" w:rsidP="00894B9F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="42C7F4C7" w14:textId="77777777" w:rsidR="005E226F" w:rsidRDefault="005E226F" w:rsidP="00894B9F">
+    <w:p w14:paraId="382CFAD3" w14:textId="77777777" w:rsidR="005E226F" w:rsidRDefault="005E226F" w:rsidP="00894B9F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0C06590D" w14:textId="77777777" w:rsidR="005E226F" w:rsidRDefault="005E226F" w:rsidP="00894B9F">
+    <w:p w14:paraId="309F4699" w14:textId="77777777" w:rsidR="005E226F" w:rsidRDefault="005E226F" w:rsidP="00894B9F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6A930AA2" w14:textId="77777777" w:rsidR="005E226F" w:rsidRDefault="005E226F" w:rsidP="00894B9F">
+    <w:p w14:paraId="69641C2B" w14:textId="77777777" w:rsidR="005E226F" w:rsidRDefault="005E226F" w:rsidP="00894B9F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="260BCA8F" w14:textId="77777777" w:rsidR="005E226F" w:rsidRDefault="005E226F" w:rsidP="00894B9F">
+    <w:p w14:paraId="40998D7D" w14:textId="77777777" w:rsidR="005E226F" w:rsidRDefault="005E226F" w:rsidP="00894B9F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2D66A465" w14:textId="77777777" w:rsidR="005E226F" w:rsidRDefault="005E226F" w:rsidP="00894B9F">
+    <w:p w14:paraId="5DD5D584" w14:textId="77777777" w:rsidR="005E226F" w:rsidRDefault="005E226F" w:rsidP="00894B9F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="55BD855D" w14:textId="77777777" w:rsidR="005E226F" w:rsidRDefault="005E226F" w:rsidP="00894B9F">
+    <w:p w14:paraId="6F6D1260" w14:textId="77777777" w:rsidR="005E226F" w:rsidRDefault="005E226F" w:rsidP="00894B9F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="62B23659" w14:textId="77777777" w:rsidR="005E226F" w:rsidRDefault="005E226F" w:rsidP="00894B9F">
+    <w:p w14:paraId="4666DC85" w14:textId="77777777" w:rsidR="005E226F" w:rsidRDefault="005E226F" w:rsidP="00894B9F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="69DBCDF2" w14:textId="77777777" w:rsidR="005E226F" w:rsidRDefault="005E226F" w:rsidP="00894B9F">
+    <w:p w14:paraId="7326A6AA" w14:textId="77777777" w:rsidR="005E226F" w:rsidRDefault="005E226F" w:rsidP="00894B9F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3078A00C" w14:textId="77777777" w:rsidR="005E226F" w:rsidRDefault="005E226F" w:rsidP="00894B9F">
+    <w:p w14:paraId="2CD4CB7C" w14:textId="77777777" w:rsidR="005E226F" w:rsidRDefault="005E226F" w:rsidP="00894B9F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1EA0ABC0" w14:textId="77777777" w:rsidR="005E226F" w:rsidRDefault="005E226F" w:rsidP="00894B9F">
+    <w:p w14:paraId="7A8F141B" w14:textId="77777777" w:rsidR="005E226F" w:rsidRDefault="005E226F" w:rsidP="00894B9F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="14E9B1DB" w14:textId="77777777" w:rsidR="005E226F" w:rsidRDefault="005E226F" w:rsidP="00894B9F">
+    <w:p w14:paraId="5E035BA0" w14:textId="77777777" w:rsidR="005E226F" w:rsidRDefault="005E226F" w:rsidP="00894B9F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6458CE83" w14:textId="77777777" w:rsidR="005E226F" w:rsidRDefault="005E226F" w:rsidP="00894B9F">
+    <w:p w14:paraId="41DEE0DE" w14:textId="77777777" w:rsidR="005E226F" w:rsidRDefault="005E226F" w:rsidP="00894B9F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3DF75B05" w14:textId="77777777" w:rsidR="005E226F" w:rsidRDefault="005E226F" w:rsidP="00894B9F">
+    <w:p w14:paraId="1E657307" w14:textId="77777777" w:rsidR="005E226F" w:rsidRDefault="005E226F" w:rsidP="00894B9F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="556BAA14" w14:textId="77777777" w:rsidR="005E226F" w:rsidRDefault="005E226F" w:rsidP="00894B9F">
+    <w:p w14:paraId="34FA86DF" w14:textId="77777777" w:rsidR="005E226F" w:rsidRDefault="005E226F" w:rsidP="00894B9F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1E68A440" w14:textId="77777777" w:rsidR="005E226F" w:rsidRDefault="005E226F" w:rsidP="00894B9F">
+    <w:p w14:paraId="0A14DCC0" w14:textId="77777777" w:rsidR="005E226F" w:rsidRDefault="005E226F" w:rsidP="00894B9F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2F71DCB4" w14:textId="77777777" w:rsidR="005E226F" w:rsidRDefault="005E226F" w:rsidP="00894B9F">
+    <w:p w14:paraId="5D656D04" w14:textId="77777777" w:rsidR="005E226F" w:rsidRDefault="005E226F" w:rsidP="00894B9F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3E2CBABC" w14:textId="77777777" w:rsidR="005E226F" w:rsidRDefault="005E226F" w:rsidP="00894B9F">
+    <w:p w14:paraId="1714264C" w14:textId="77777777" w:rsidR="005E226F" w:rsidRDefault="005E226F" w:rsidP="00894B9F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="550493DD" w14:textId="77777777" w:rsidR="005E226F" w:rsidRDefault="005E226F" w:rsidP="00894B9F">
+    <w:p w14:paraId="7B0DDE0A" w14:textId="77777777" w:rsidR="005E226F" w:rsidRDefault="005E226F" w:rsidP="00894B9F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2BA96FC3" w14:textId="77777777" w:rsidR="009D7F91" w:rsidRDefault="009D7F91" w:rsidP="00894B9F">
+    <w:p w14:paraId="5E0C1AD2" w14:textId="77777777" w:rsidR="009D7F91" w:rsidRDefault="009D7F91" w:rsidP="00894B9F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1E314397" w14:textId="77777777" w:rsidR="009D7F91" w:rsidRDefault="009D7F91" w:rsidP="00894B9F">
+    <w:p w14:paraId="116DC76E" w14:textId="77777777" w:rsidR="009D7F91" w:rsidRDefault="009D7F91" w:rsidP="00894B9F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="62FAB0B9" w14:textId="77777777" w:rsidR="005E226F" w:rsidRDefault="005E226F" w:rsidP="00894B9F">
+    <w:p w14:paraId="3B8871F8" w14:textId="77777777" w:rsidR="005E226F" w:rsidRDefault="005E226F" w:rsidP="00894B9F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="465AA43D" w14:textId="77777777" w:rsidR="00370FCA" w:rsidRDefault="005E226F" w:rsidP="00CA7E17">
+    <w:p w14:paraId="7C891AF8" w14:textId="77777777" w:rsidR="00370FCA" w:rsidRDefault="005E226F" w:rsidP="00CA7E17">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>KOMBINIRANA NOMENKLATURA EVROPSKE UNIJE</w:t>
       </w:r>
       <w:r w:rsidR="00370FCA" w:rsidRPr="00402EA4">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E5B9BBE" w14:textId="77777777" w:rsidR="00CA7E17" w:rsidRPr="00402EA4" w:rsidRDefault="00CA7E17" w:rsidP="00CA7E17">
+    <w:p w14:paraId="32DCA12B" w14:textId="77777777" w:rsidR="00CA7E17" w:rsidRPr="00402EA4" w:rsidRDefault="00CA7E17" w:rsidP="00CA7E17">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="405"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3B728ADC" w14:textId="77777777" w:rsidR="00370FCA" w:rsidRPr="00BF4F06" w:rsidRDefault="00370FCA" w:rsidP="00894B9F">
+    <w:p w14:paraId="551FB8E0" w14:textId="77777777" w:rsidR="00370FCA" w:rsidRPr="00BF4F06" w:rsidRDefault="00370FCA" w:rsidP="00894B9F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3445F4A9" w14:textId="77777777" w:rsidR="00370FCA" w:rsidRDefault="00370FCA" w:rsidP="00894B9F">
+    <w:p w14:paraId="3D044370" w14:textId="77777777" w:rsidR="00370FCA" w:rsidRDefault="00370FCA" w:rsidP="00894B9F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BF4F06">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
         <w:t>Osnovna uredba, ki uvaja kombinirano nomenklaturo E</w:t>
       </w:r>
       <w:r w:rsidR="009D7F91">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="sl-SI"/>
@@ -1639,197 +1639,224 @@
         <w:r w:rsidRPr="00FF019E">
           <w:rPr>
             <w:rStyle w:val="Hiperpovezava"/>
             <w:rFonts w:cs="Arial"/>
             <w:szCs w:val="20"/>
             <w:lang w:val="sl-SI"/>
           </w:rPr>
           <w:t>ba Sveta (EGS) št. 2658/87 o tarifni in statistični nomenkl</w:t>
         </w:r>
         <w:r w:rsidRPr="00FF019E">
           <w:rPr>
             <w:rStyle w:val="Hiperpovezava"/>
             <w:rFonts w:cs="Arial"/>
             <w:szCs w:val="20"/>
             <w:lang w:val="sl-SI"/>
           </w:rPr>
           <w:t>a</w:t>
         </w:r>
         <w:r w:rsidRPr="00FF019E">
           <w:rPr>
             <w:rStyle w:val="Hiperpovezava"/>
             <w:rFonts w:cs="Arial"/>
             <w:szCs w:val="20"/>
             <w:lang w:val="sl-SI"/>
           </w:rPr>
-          <w:t>turi ter skupni carinski tarifi</w:t>
+          <w:t>t</w:t>
         </w:r>
-      </w:hyperlink>
-[...109 lines deleted...]
-        <w:r w:rsidRPr="00C66000">
+        <w:r w:rsidRPr="00FF019E">
           <w:rPr>
             <w:rStyle w:val="Hiperpovezava"/>
             <w:rFonts w:cs="Arial"/>
             <w:szCs w:val="20"/>
             <w:lang w:val="sl-SI"/>
           </w:rPr>
-          <w:t>mednarodni nomenklatu</w:t>
+          <w:t>uri ter skupni carinski tarifi</w:t>
         </w:r>
-        <w:r w:rsidR="001B38AB" w:rsidRPr="00C66000">
+      </w:hyperlink>
+      <w:r w:rsidRPr="00BF4F06">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="sl-SI"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Kombinirana nomenklatura je priloga </w:t>
+      </w:r>
+      <w:r w:rsidR="00BC668E">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="sl-SI"/>
+        </w:rPr>
+        <w:t>I</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF4F06">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="sl-SI"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BC668E">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="sl-SI"/>
+        </w:rPr>
+        <w:t xml:space="preserve">k </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF4F06">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="sl-SI"/>
+        </w:rPr>
+        <w:t>te</w:t>
+      </w:r>
+      <w:r w:rsidR="00BC668E">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="sl-SI"/>
+        </w:rPr>
+        <w:t>j osnovni</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF4F06">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="sl-SI"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> uredb</w:t>
+      </w:r>
+      <w:r w:rsidR="00BC668E">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="sl-SI"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF4F06">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="sl-SI"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="679C0643" w14:textId="77777777" w:rsidR="009D7F91" w:rsidRDefault="009D7F91" w:rsidP="00894B9F">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="sl-SI"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="67A92BBA" w14:textId="77777777" w:rsidR="009D7F91" w:rsidRPr="00BF4F06" w:rsidRDefault="009D7F91" w:rsidP="00894B9F">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="sl-SI"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="sl-SI"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Kombinirana nomenklatura EU je pripomoček za uvrščanje blaga za namene izvajanje skupne carinske tarife ter zunanjetrgovinske statistike EU, in temelji na </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId12" w:history="1">
+        <w:r w:rsidRPr="00D70F79">
+          <w:rPr>
+            <w:rStyle w:val="Hiperpovezava"/>
+            <w:rFonts w:cs="Arial"/>
+            <w:szCs w:val="20"/>
+            <w:lang w:val="sl-SI"/>
+          </w:rPr>
+          <w:t>med</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00D70F79">
+          <w:rPr>
+            <w:rStyle w:val="Hiperpovezava"/>
+            <w:rFonts w:cs="Arial"/>
+            <w:szCs w:val="20"/>
+            <w:lang w:val="sl-SI"/>
+          </w:rPr>
+          <w:t>n</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00D70F79">
+          <w:rPr>
+            <w:rStyle w:val="Hiperpovezava"/>
+            <w:rFonts w:cs="Arial"/>
+            <w:szCs w:val="20"/>
+            <w:lang w:val="sl-SI"/>
+          </w:rPr>
+          <w:t>arodni nomenklatu</w:t>
+        </w:r>
+        <w:r w:rsidR="001B38AB" w:rsidRPr="00D70F79">
           <w:rPr>
             <w:rStyle w:val="Hiperpovezava"/>
             <w:rFonts w:cs="Arial"/>
             <w:szCs w:val="20"/>
             <w:lang w:val="sl-SI"/>
           </w:rPr>
           <w:t>ri harmoniziranega sistema (HS).</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="374818EB" w14:textId="77777777" w:rsidR="00370FCA" w:rsidRPr="00BF4F06" w:rsidRDefault="00370FCA" w:rsidP="00894B9F">
+    <w:p w14:paraId="5FFF7448" w14:textId="77777777" w:rsidR="00370FCA" w:rsidRPr="00BF4F06" w:rsidRDefault="00370FCA" w:rsidP="00894B9F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="63F0BE32" w14:textId="77777777" w:rsidR="009D7F91" w:rsidRDefault="00370FCA" w:rsidP="00894B9F">
+    <w:p w14:paraId="661CD5B5" w14:textId="77777777" w:rsidR="009D7F91" w:rsidRDefault="00370FCA" w:rsidP="00894B9F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BF4F06">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
         <w:t xml:space="preserve">Evropska komisija vsako leto </w:t>
       </w:r>
       <w:r w:rsidR="00BC668E">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="sl-SI"/>
@@ -1847,219 +1874,219 @@
       <w:r w:rsidRPr="00BF4F06">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
         <w:t xml:space="preserve"> uredbo objavi </w:t>
       </w:r>
       <w:r w:rsidR="003B4767">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
         <w:t>novo</w:t>
       </w:r>
       <w:r w:rsidRPr="00BF4F06">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
         <w:t xml:space="preserve"> različico kombinirane nomenklature, skupaj s stopnjami dajatev. Uredba se objavi v Uradnem listu EU najpozneje do 31. oktobra in se začne uporabljati 1. januarja naslednje leto. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="25BD614D" w14:textId="77777777" w:rsidR="00761EA2" w:rsidRDefault="00761EA2" w:rsidP="00894B9F">
+    <w:p w14:paraId="7B3F5BA3" w14:textId="77777777" w:rsidR="00761EA2" w:rsidRDefault="00761EA2" w:rsidP="00894B9F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6D4A9858" w14:textId="77777777" w:rsidR="00761EA2" w:rsidRPr="00AD69BE" w:rsidRDefault="00774D08" w:rsidP="00761EA2">
+    <w:p w14:paraId="48AB8914" w14:textId="77777777" w:rsidR="00761EA2" w:rsidRPr="00AD69BE" w:rsidRDefault="00D70F79" w:rsidP="00761EA2">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId13" w:history="1">
-        <w:r w:rsidR="00761EA2" w:rsidRPr="00774D08">
+        <w:r w:rsidR="00761EA2" w:rsidRPr="00D70F79">
           <w:rPr>
             <w:rStyle w:val="Hiperpovezava"/>
             <w:rFonts w:cs="Arial"/>
             <w:szCs w:val="20"/>
             <w:lang w:val="sl-SI"/>
           </w:rPr>
           <w:t>Kombinirana nomenklatura, k</w:t>
         </w:r>
-        <w:r w:rsidR="00761EA2" w:rsidRPr="00774D08">
+        <w:r w:rsidR="00761EA2" w:rsidRPr="00D70F79">
           <w:rPr>
             <w:rStyle w:val="Hiperpovezava"/>
             <w:rFonts w:cs="Arial"/>
             <w:szCs w:val="20"/>
             <w:lang w:val="sl-SI"/>
           </w:rPr>
           <w:t>i</w:t>
         </w:r>
-        <w:r w:rsidR="00761EA2" w:rsidRPr="00774D08">
+        <w:r w:rsidR="00761EA2" w:rsidRPr="00D70F79">
           <w:rPr>
             <w:rStyle w:val="Hiperpovezava"/>
             <w:rFonts w:cs="Arial"/>
             <w:szCs w:val="20"/>
             <w:lang w:val="sl-SI"/>
           </w:rPr>
           <w:t xml:space="preserve"> velja v letu 202</w:t>
         </w:r>
-        <w:r w:rsidRPr="00774D08">
+        <w:r w:rsidRPr="00D70F79">
           <w:rPr>
             <w:rStyle w:val="Hiperpovezava"/>
             <w:rFonts w:cs="Arial"/>
             <w:szCs w:val="20"/>
             <w:lang w:val="sl-SI"/>
           </w:rPr>
-          <w:t>5</w:t>
+          <w:t>6</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00761EA2" w:rsidRPr="00761EA2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
         <w:t>, je bila objavljena 3</w:t>
       </w:r>
       <w:r w:rsidR="00BB7EB6">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="00761EA2" w:rsidRPr="00761EA2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
         <w:t>. oktobra 202</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
-        <w:t>4</w:t>
+        <w:t>5</w:t>
       </w:r>
       <w:r w:rsidR="00761EA2" w:rsidRPr="00761EA2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
         <w:t xml:space="preserve"> v Uradnem listu EU </w:t>
       </w:r>
       <w:r w:rsidR="00AD69BE">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
         <w:t xml:space="preserve">L kot izvedbena uredba Komisije </w:t>
       </w:r>
       <w:r w:rsidR="00AD69BE" w:rsidRPr="00AD69BE">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
         <w:t>(EU) 202</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
-        <w:t>4</w:t>
+        <w:t>5</w:t>
       </w:r>
       <w:r w:rsidR="00AD69BE" w:rsidRPr="00AD69BE">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
-        <w:t>/2</w:t>
+        <w:t>/</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
-        <w:t>522</w:t>
+        <w:t>1926</w:t>
       </w:r>
       <w:r w:rsidR="00AD69BE">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="61C34BD9" w14:textId="77777777" w:rsidR="009D7F91" w:rsidRDefault="009D7F91" w:rsidP="00894B9F">
+    <w:p w14:paraId="77B6B0AF" w14:textId="77777777" w:rsidR="009D7F91" w:rsidRDefault="009D7F91" w:rsidP="00894B9F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1C41A29E" w14:textId="77777777" w:rsidR="003B4767" w:rsidRDefault="00BB7EB6" w:rsidP="003B4767">
+    <w:p w14:paraId="36A52369" w14:textId="77777777" w:rsidR="003B4767" w:rsidRDefault="00BB7EB6" w:rsidP="003B4767">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
         <w:t>N</w:t>
       </w:r>
       <w:r w:rsidR="00370FCA" w:rsidRPr="00BF4F06">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="sl-SI"/>
@@ -2226,280 +2253,280 @@
         </w:rPr>
         <w:t xml:space="preserve">statističnih zahtev, </w:t>
       </w:r>
       <w:r w:rsidR="003B4767" w:rsidRPr="003B4767">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
         <w:t>prilagajanj</w:t>
       </w:r>
       <w:r w:rsidR="003B4767">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidR="003B4767" w:rsidRPr="003B4767">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
-        <w:t xml:space="preserve"> trgovini in tehnološkemu razvoju izdelkov, obravnavanj</w:t>
+        <w:t xml:space="preserve"> trgovini in tehnološkemu razvoju izdelkov, obravnav</w:t>
+      </w:r>
+      <w:r w:rsidR="00D70F79">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="sl-SI"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidR="003B4767" w:rsidRPr="003B4767">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="sl-SI"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> okoljskih in socialnih vprašanj svetovnega pomena, skrb</w:t>
       </w:r>
       <w:r w:rsidR="003B4767">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidR="003B4767" w:rsidRPr="003B4767">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="sl-SI"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> za zdravje</w:t>
+      </w:r>
+      <w:r w:rsidR="003B4767">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="sl-SI"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="003B4767" w:rsidRPr="003B4767">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="sl-SI"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> varnost ter zaščit</w:t>
+      </w:r>
+      <w:r w:rsidR="003B4767">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="sl-SI"/>
+        </w:rPr>
+        <w:t>o</w:t>
+      </w:r>
+      <w:r w:rsidR="003B4767" w:rsidRPr="003B4767">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="sl-SI"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> družbe in boj</w:t>
+      </w:r>
+      <w:r w:rsidR="003B4767">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="sl-SI"/>
+        </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidR="003B4767" w:rsidRPr="003B4767">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
-        <w:t xml:space="preserve"> okoljskih in socialnih vprašanj svetovnega pomena, skrb</w:t>
-[...62 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> proti terorizmu, ki sta za carino vse pomembnejša. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1D0858A0" w14:textId="77777777" w:rsidR="00761EA2" w:rsidRDefault="00761EA2" w:rsidP="003B4767">
+    <w:p w14:paraId="784C341B" w14:textId="77777777" w:rsidR="00761EA2" w:rsidRDefault="00761EA2" w:rsidP="003B4767">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="643CA1B4" w14:textId="77777777" w:rsidR="00370FCA" w:rsidRPr="00BF4F06" w:rsidRDefault="00370FCA" w:rsidP="00894B9F">
+    <w:p w14:paraId="1E77DC28" w14:textId="77777777" w:rsidR="00370FCA" w:rsidRPr="00BF4F06" w:rsidRDefault="00370FCA" w:rsidP="00894B9F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="05145D59" w14:textId="77777777" w:rsidR="00370FCA" w:rsidRDefault="00370FCA" w:rsidP="00CA7E17">
+    <w:p w14:paraId="7745B72E" w14:textId="77777777" w:rsidR="00370FCA" w:rsidRDefault="00370FCA" w:rsidP="00CA7E17">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00402EA4">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
         <w:t>V</w:t>
       </w:r>
       <w:r w:rsidR="005E226F">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
         <w:t>SEBINA KOMBINIRANE NOMENKLATURE</w:t>
       </w:r>
       <w:r w:rsidRPr="00402EA4">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="794DC278" w14:textId="77777777" w:rsidR="00CA7E17" w:rsidRPr="00402EA4" w:rsidRDefault="00CA7E17" w:rsidP="00CA7E17">
+    <w:p w14:paraId="489158F2" w14:textId="77777777" w:rsidR="00CA7E17" w:rsidRPr="00402EA4" w:rsidRDefault="00CA7E17" w:rsidP="00CA7E17">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="405"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="372A7D11" w14:textId="77777777" w:rsidR="00370FCA" w:rsidRPr="00BF4F06" w:rsidRDefault="00370FCA" w:rsidP="00894B9F">
+    <w:p w14:paraId="0B0E11DC" w14:textId="77777777" w:rsidR="00370FCA" w:rsidRPr="00BF4F06" w:rsidRDefault="00370FCA" w:rsidP="00894B9F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="740CB83C" w14:textId="77777777" w:rsidR="00370FCA" w:rsidRPr="00BF4F06" w:rsidRDefault="00370FCA" w:rsidP="00894B9F">
+    <w:p w14:paraId="35CFE583" w14:textId="77777777" w:rsidR="00370FCA" w:rsidRPr="00BF4F06" w:rsidRDefault="00370FCA" w:rsidP="00894B9F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BF4F06">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
         <w:t xml:space="preserve">Kombinirano nomenklaturo EU sestavljajo trije deli: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2704C571" w14:textId="77777777" w:rsidR="00370FCA" w:rsidRPr="00BF4F06" w:rsidRDefault="00370FCA" w:rsidP="00894B9F">
+    <w:p w14:paraId="03A49C19" w14:textId="77777777" w:rsidR="00370FCA" w:rsidRPr="00BF4F06" w:rsidRDefault="00370FCA" w:rsidP="00894B9F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="42" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7D174C66" w14:textId="77777777" w:rsidR="00E74256" w:rsidRDefault="00370FCA" w:rsidP="00894B9F">
+    <w:p w14:paraId="5D0525D3" w14:textId="77777777" w:rsidR="00E74256" w:rsidRDefault="00370FCA" w:rsidP="00894B9F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="42" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BF4F06">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="20"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
         <w:t>uvodne določbe</w:t>
@@ -2507,70 +2534,89 @@
       <w:r w:rsidR="00E439CB" w:rsidRPr="00E439CB">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:szCs w:val="20"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
         <w:t>, ki</w:t>
       </w:r>
       <w:r w:rsidRPr="00BF4F06">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="20"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00BF4F06">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
-        <w:t xml:space="preserve">vsebujejo splošna pravila </w:t>
+        <w:t xml:space="preserve">vsebujejo </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId14" w:history="1">
+        <w:r w:rsidRPr="008D5FE5">
+          <w:rPr>
+            <w:rStyle w:val="Hiperpovezava"/>
+            <w:rFonts w:cs="Arial"/>
+            <w:szCs w:val="20"/>
+            <w:lang w:val="sl-SI"/>
+          </w:rPr>
+          <w:t>splošna pravila</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00BF4F06">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="sl-SI"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A16427">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
         <w:t xml:space="preserve">za uvrščanje </w:t>
       </w:r>
       <w:r w:rsidRPr="00BF4F06">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
         <w:t>in posebne določbe;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="01DAE8C8" w14:textId="77777777" w:rsidR="00E74256" w:rsidRDefault="00534B6B" w:rsidP="00894B9F">
+    <w:p w14:paraId="2988F914" w14:textId="77777777" w:rsidR="00E74256" w:rsidRDefault="00534B6B" w:rsidP="00894B9F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="42" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="20"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
         <w:t xml:space="preserve">nomenklatura </w:t>
@@ -2619,51 +2665,51 @@
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="20"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E74256">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
         <w:t>je najobsežnejši del;</w:t>
       </w:r>
       <w:r w:rsidR="00370FCA" w:rsidRPr="00E74256">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="462100B8" w14:textId="77777777" w:rsidR="00E74256" w:rsidRDefault="00534B6B" w:rsidP="00E74256">
+    <w:p w14:paraId="06C83D8D" w14:textId="77777777" w:rsidR="00E74256" w:rsidRDefault="00534B6B" w:rsidP="00E74256">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="42" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
         <w:t>N</w:t>
       </w:r>
       <w:r w:rsidR="00370FCA" w:rsidRPr="00E74256">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
@@ -2842,51 +2888,51 @@
       <w:r w:rsidR="00370FCA" w:rsidRPr="00E74256">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
         <w:t xml:space="preserve"> k </w:t>
       </w:r>
       <w:r w:rsidR="00E72D3A">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
         <w:t xml:space="preserve">tarifnim </w:t>
       </w:r>
       <w:r w:rsidR="00370FCA" w:rsidRPr="00E74256">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
         <w:t xml:space="preserve">podštevilkam. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B25784C" w14:textId="77777777" w:rsidR="00370FCA" w:rsidRDefault="00370FCA" w:rsidP="00894B9F">
+    <w:p w14:paraId="4AEDF010" w14:textId="77777777" w:rsidR="00370FCA" w:rsidRDefault="00370FCA" w:rsidP="00894B9F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="42" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E74256">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="20"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
         <w:t>tarifne priloge</w:t>
@@ -2953,235 +2999,235 @@
       <w:r w:rsidRPr="00E74256">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
         <w:t xml:space="preserve"> farmacevtskih snovi in oddelek z ugodnejšo tarifno obravnavo zaradi narave blaga</w:t>
       </w:r>
       <w:r w:rsidR="00E439CB">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
         <w:t>, potrdila in statistične oznake TARIC</w:t>
       </w:r>
       <w:r w:rsidRPr="00E74256">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6784EA34" w14:textId="77777777" w:rsidR="00CA7E17" w:rsidRDefault="00CA7E17" w:rsidP="00CA7E17">
+    <w:p w14:paraId="251F653D" w14:textId="77777777" w:rsidR="00CA7E17" w:rsidRDefault="00CA7E17" w:rsidP="00CA7E17">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="42" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7119AAA0" w14:textId="77777777" w:rsidR="00CA7E17" w:rsidRPr="00CA7E17" w:rsidRDefault="00CA7E17" w:rsidP="00CA7E17">
+    <w:p w14:paraId="407B9D51" w14:textId="77777777" w:rsidR="00CA7E17" w:rsidRPr="00CA7E17" w:rsidRDefault="00CA7E17" w:rsidP="00CA7E17">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="42" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CA7E17">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
         <w:t xml:space="preserve">Splošno pravilo je, da je blago v </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
         <w:t>nomenklaturi</w:t>
       </w:r>
       <w:r w:rsidRPr="00CA7E17">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
         <w:t xml:space="preserve"> razvrščeno po vrstnem redu glede na stopnjo proizvodnje: surovine, neobdelani proizvodi, polproizvodi, končni proizvodi. Enako stopnjevanje je uporabljeno tudi znotraj poglavij in tarifnih številk.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="00B39EE2" w14:textId="77777777" w:rsidR="00CA7E17" w:rsidRDefault="00CA7E17" w:rsidP="00CA7E17">
+    <w:p w14:paraId="614F0331" w14:textId="77777777" w:rsidR="00CA7E17" w:rsidRDefault="00CA7E17" w:rsidP="00CA7E17">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="42" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="05E3072B" w14:textId="77777777" w:rsidR="00761EA2" w:rsidRDefault="00A907FB" w:rsidP="00CA7E17">
+    <w:p w14:paraId="2F3A55AE" w14:textId="77777777" w:rsidR="00761EA2" w:rsidRDefault="00A907FB" w:rsidP="00CA7E17">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="42" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
         <w:t>Kombinirana n</w:t>
       </w:r>
       <w:r w:rsidR="00761EA2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
         <w:t xml:space="preserve">omenklatura </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
         <w:t xml:space="preserve">EU </w:t>
       </w:r>
       <w:r w:rsidR="00761EA2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
         <w:t>se razlaga s pomočjo pojasnjevalnih opomb KN, ki pojasnjujejo obseg različnih tarifnih številk.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="71969F89" w14:textId="77777777" w:rsidR="00761EA2" w:rsidRDefault="00761EA2" w:rsidP="00CA7E17">
+    <w:p w14:paraId="6BF5B6BF" w14:textId="77777777" w:rsidR="00761EA2" w:rsidRDefault="00761EA2" w:rsidP="00CA7E17">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="42" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3A7348D5" w14:textId="77777777" w:rsidR="00761EA2" w:rsidRDefault="00C66000" w:rsidP="00CA7E17">
+    <w:p w14:paraId="4C70A29D" w14:textId="77777777" w:rsidR="00761EA2" w:rsidRDefault="00C66000" w:rsidP="00CA7E17">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="42" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId14" w:history="1">
+      <w:hyperlink r:id="rId15" w:history="1">
         <w:r w:rsidR="00761EA2" w:rsidRPr="00C66000">
           <w:rPr>
             <w:rStyle w:val="Hiperpovezava"/>
             <w:rFonts w:cs="Arial"/>
             <w:szCs w:val="20"/>
             <w:lang w:val="sl-SI"/>
           </w:rPr>
           <w:t>Zadnja veljavna različica po</w:t>
         </w:r>
         <w:r w:rsidR="00761EA2" w:rsidRPr="00C66000">
           <w:rPr>
             <w:rStyle w:val="Hiperpovezava"/>
             <w:rFonts w:cs="Arial"/>
             <w:szCs w:val="20"/>
             <w:lang w:val="sl-SI"/>
           </w:rPr>
           <w:t>j</w:t>
         </w:r>
         <w:r w:rsidR="00761EA2" w:rsidRPr="00C66000">
           <w:rPr>
             <w:rStyle w:val="Hiperpovezava"/>
             <w:rFonts w:cs="Arial"/>
             <w:szCs w:val="20"/>
             <w:lang w:val="sl-SI"/>
           </w:rPr>
           <w:t>asnjevalnih opomb KN</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00761EA2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
         <w:t xml:space="preserve"> je bila objavljena 29. marca 2019 v Uradnem listu EU C 119. </w:t>
       </w:r>
       <w:r w:rsidR="00A907FB">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
         <w:t xml:space="preserve">Posodobitev pojasnjevalnih opomb od marca 2019 dalje lahko poiščete med </w:t>
       </w:r>
-      <w:hyperlink r:id="rId15" w:anchor="c1008" w:history="1">
+      <w:hyperlink r:id="rId16" w:anchor="c1008" w:history="1">
         <w:r w:rsidR="00A907FB" w:rsidRPr="00C66000">
           <w:rPr>
             <w:rStyle w:val="Hiperpovezava"/>
             <w:rFonts w:cs="Arial"/>
             <w:szCs w:val="20"/>
             <w:lang w:val="sl-SI"/>
           </w:rPr>
           <w:t>zako</w:t>
         </w:r>
         <w:r w:rsidR="00A907FB" w:rsidRPr="00C66000">
           <w:rPr>
             <w:rStyle w:val="Hiperpovezava"/>
             <w:rFonts w:cs="Arial"/>
             <w:szCs w:val="20"/>
             <w:lang w:val="sl-SI"/>
           </w:rPr>
           <w:t>n</w:t>
         </w:r>
         <w:r w:rsidR="00A907FB" w:rsidRPr="00C66000">
           <w:rPr>
             <w:rStyle w:val="Hiperpovezava"/>
             <w:rFonts w:cs="Arial"/>
             <w:szCs w:val="20"/>
             <w:lang w:val="sl-SI"/>
           </w:rPr>
@@ -3191,2824 +3237,2741 @@
       <w:r w:rsidR="00A907FB">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8488"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00CA7E17" w:rsidRPr="00AE642C" w14:paraId="57C3D4B4" w14:textId="77777777" w:rsidTr="004C54A5">
+      <w:tr w:rsidR="00CA7E17" w:rsidRPr="00AE642C" w14:paraId="69F8DAAA" w14:textId="77777777" w:rsidTr="004C54A5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8638" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="73BDE9EB" w14:textId="77777777" w:rsidR="00CA7E17" w:rsidRPr="00AE642C" w:rsidRDefault="00CA7E17" w:rsidP="004C54A5">
+          <w:p w14:paraId="181B4A2A" w14:textId="77777777" w:rsidR="00CA7E17" w:rsidRPr="00AE642C" w:rsidRDefault="00CA7E17" w:rsidP="004C54A5">
             <w:pPr>
               <w:pageBreakBefore/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="sl-SI"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AE642C">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="sl-SI"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Oddelek I:    Žive živali; proizvodi živalskega izvora </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CA7E17" w:rsidRPr="00AE642C" w14:paraId="0E469484" w14:textId="77777777" w:rsidTr="004C54A5">
+      <w:tr w:rsidR="00CA7E17" w:rsidRPr="00AE642C" w14:paraId="3C244B57" w14:textId="77777777" w:rsidTr="004C54A5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8638" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="0EC3F2CE" w14:textId="77777777" w:rsidR="00CA7E17" w:rsidRPr="00AE642C" w:rsidRDefault="00CA7E17" w:rsidP="004C54A5">
+          <w:p w14:paraId="0AE98873" w14:textId="77777777" w:rsidR="00CA7E17" w:rsidRPr="00AE642C" w:rsidRDefault="00CA7E17" w:rsidP="004C54A5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="sl-SI"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AE642C">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="sl-SI"/>
               </w:rPr>
               <w:t xml:space="preserve">Oddelek II:   Rastlinski proizvodi </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CA7E17" w:rsidRPr="00AE642C" w14:paraId="077AD260" w14:textId="77777777" w:rsidTr="004C54A5">
+      <w:tr w:rsidR="00CA7E17" w:rsidRPr="00AE642C" w14:paraId="438B474B" w14:textId="77777777" w:rsidTr="004C54A5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8638" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="44BC50F6" w14:textId="77777777" w:rsidR="00CA7E17" w:rsidRPr="00AE642C" w:rsidRDefault="00CA7E17" w:rsidP="004C54A5">
+          <w:p w14:paraId="576B1ED9" w14:textId="77777777" w:rsidR="00CA7E17" w:rsidRPr="00AE642C" w:rsidRDefault="00CA7E17" w:rsidP="004C54A5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="sl-SI"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AE642C">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="sl-SI"/>
               </w:rPr>
               <w:t>Oddelek III:  Olja in masti živalskega in rastlinskega izvora in proizvodi njihovega razkrajanja; predelane</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CA7E17" w:rsidRPr="00AE642C" w14:paraId="32D3B832" w14:textId="77777777" w:rsidTr="004C54A5">
+      <w:tr w:rsidR="00CA7E17" w:rsidRPr="00AE642C" w14:paraId="5BD4EE18" w14:textId="77777777" w:rsidTr="004C54A5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8638" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="0DE55AA9" w14:textId="77777777" w:rsidR="00CA7E17" w:rsidRPr="00AE642C" w:rsidRDefault="00CA7E17" w:rsidP="004C54A5">
+          <w:p w14:paraId="513AE7A1" w14:textId="77777777" w:rsidR="00CA7E17" w:rsidRPr="00AE642C" w:rsidRDefault="00CA7E17" w:rsidP="004C54A5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="sl-SI"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AE642C">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="sl-SI"/>
               </w:rPr>
               <w:t xml:space="preserve">                     užitne masti; voski živalskega in rastlinskega izvora </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CA7E17" w:rsidRPr="00AE642C" w14:paraId="76749DF2" w14:textId="77777777" w:rsidTr="004C54A5">
+      <w:tr w:rsidR="00CA7E17" w:rsidRPr="00AE642C" w14:paraId="41260509" w14:textId="77777777" w:rsidTr="004C54A5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8638" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="7F4E35D8" w14:textId="77777777" w:rsidR="00CA7E17" w:rsidRPr="00AE642C" w:rsidRDefault="00CA7E17" w:rsidP="004C54A5">
+          <w:p w14:paraId="12BEEA0F" w14:textId="77777777" w:rsidR="00CA7E17" w:rsidRPr="00AE642C" w:rsidRDefault="00CA7E17" w:rsidP="004C54A5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="sl-SI"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AE642C">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="sl-SI"/>
               </w:rPr>
               <w:t xml:space="preserve">Oddelek IV:  Proizvodi živilske industrije; pijače, alkoholne tekočine in kis; tobak in tobačni nadomestki </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CA7E17" w:rsidRPr="00AE642C" w14:paraId="06486384" w14:textId="77777777" w:rsidTr="004C54A5">
+      <w:tr w:rsidR="00CA7E17" w:rsidRPr="00AE642C" w14:paraId="7D6AC272" w14:textId="77777777" w:rsidTr="004C54A5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8638" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="72DC3E21" w14:textId="77777777" w:rsidR="00CA7E17" w:rsidRPr="00AE642C" w:rsidRDefault="00CA7E17" w:rsidP="004C54A5">
+          <w:p w14:paraId="6A9BFDF6" w14:textId="77777777" w:rsidR="00CA7E17" w:rsidRPr="00AE642C" w:rsidRDefault="00CA7E17" w:rsidP="004C54A5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="sl-SI"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AE642C">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="sl-SI"/>
               </w:rPr>
               <w:t xml:space="preserve">Oddelek V:    Mineralni proizvodi </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CA7E17" w:rsidRPr="00AE642C" w14:paraId="031ECE66" w14:textId="77777777" w:rsidTr="004C54A5">
+      <w:tr w:rsidR="00CA7E17" w:rsidRPr="00AE642C" w14:paraId="73117F98" w14:textId="77777777" w:rsidTr="004C54A5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8638" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="221E653E" w14:textId="77777777" w:rsidR="00CA7E17" w:rsidRPr="00AE642C" w:rsidRDefault="00CA7E17" w:rsidP="004C54A5">
+          <w:p w14:paraId="03B287D4" w14:textId="77777777" w:rsidR="00CA7E17" w:rsidRPr="00AE642C" w:rsidRDefault="00CA7E17" w:rsidP="004C54A5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="sl-SI"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AE642C">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="sl-SI"/>
               </w:rPr>
               <w:t xml:space="preserve">Oddelek VI:   Proizvodi kemične industrije ali podobnih industrij </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CA7E17" w:rsidRPr="00AE642C" w14:paraId="7E5E4410" w14:textId="77777777" w:rsidTr="004C54A5">
+      <w:tr w:rsidR="00CA7E17" w:rsidRPr="00AE642C" w14:paraId="475D4EA4" w14:textId="77777777" w:rsidTr="004C54A5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8638" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="4FE0CE7C" w14:textId="77777777" w:rsidR="00CA7E17" w:rsidRPr="00AE642C" w:rsidRDefault="00CA7E17" w:rsidP="004C54A5">
+          <w:p w14:paraId="0158D12D" w14:textId="77777777" w:rsidR="00CA7E17" w:rsidRPr="00AE642C" w:rsidRDefault="00CA7E17" w:rsidP="004C54A5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="sl-SI"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AE642C">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="sl-SI"/>
               </w:rPr>
               <w:t xml:space="preserve">Oddelek VII:  Plastične mase in proizvodi iz plastičnih mas, kavčuk in proizvodi iz kavčuka in gume </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CA7E17" w:rsidRPr="00AE642C" w14:paraId="417D25C1" w14:textId="77777777" w:rsidTr="004C54A5">
+      <w:tr w:rsidR="00CA7E17" w:rsidRPr="00AE642C" w14:paraId="20297AA0" w14:textId="77777777" w:rsidTr="004C54A5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8638" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="01660291" w14:textId="77777777" w:rsidR="00CA7E17" w:rsidRPr="00AE642C" w:rsidRDefault="00CA7E17" w:rsidP="004C54A5">
+          <w:p w14:paraId="619EB242" w14:textId="77777777" w:rsidR="00CA7E17" w:rsidRPr="00AE642C" w:rsidRDefault="00CA7E17" w:rsidP="004C54A5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="sl-SI"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AE642C">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="sl-SI"/>
               </w:rPr>
               <w:t xml:space="preserve">Oddelek VIII: Surove kože z dlako ali brez dlake, usnje, krzna in krzneni izdelki; sedlarski in jermenarski </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CA7E17" w:rsidRPr="00AE642C" w14:paraId="1709AD76" w14:textId="77777777" w:rsidTr="004C54A5">
+      <w:tr w:rsidR="00CA7E17" w:rsidRPr="00AE642C" w14:paraId="50F52F87" w14:textId="77777777" w:rsidTr="004C54A5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8638" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="791E35FA" w14:textId="77777777" w:rsidR="00CA7E17" w:rsidRPr="00AE642C" w:rsidRDefault="00CA7E17" w:rsidP="004C54A5">
+          <w:p w14:paraId="72520E22" w14:textId="77777777" w:rsidR="00CA7E17" w:rsidRPr="00AE642C" w:rsidRDefault="00CA7E17" w:rsidP="004C54A5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="sl-SI"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AE642C">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="sl-SI"/>
               </w:rPr>
               <w:t xml:space="preserve">                      izdelki; predmeti za potovanje, ročne torbe in podobni izdelki; izdelki iz živalskih črev </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CA7E17" w:rsidRPr="00AE642C" w14:paraId="61992AE8" w14:textId="77777777" w:rsidTr="004C54A5">
+      <w:tr w:rsidR="00CA7E17" w:rsidRPr="00AE642C" w14:paraId="29402703" w14:textId="77777777" w:rsidTr="004C54A5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8638" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="6950423C" w14:textId="77777777" w:rsidR="00CA7E17" w:rsidRPr="00AE642C" w:rsidRDefault="00CA7E17" w:rsidP="004C54A5">
+          <w:p w14:paraId="692D2D93" w14:textId="77777777" w:rsidR="00CA7E17" w:rsidRPr="00AE642C" w:rsidRDefault="00CA7E17" w:rsidP="004C54A5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="sl-SI"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AE642C">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="sl-SI"/>
               </w:rPr>
               <w:t>Oddelek IX:   Les in lesni izdelki; oglje; pluta in plutasti izdelki; izdelki iz slame, esparta ali drugih</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4709E4BE" w14:textId="77777777" w:rsidR="00CA7E17" w:rsidRPr="00AE642C" w:rsidRDefault="00CA7E17" w:rsidP="004C54A5">
+          <w:p w14:paraId="053A50F3" w14:textId="77777777" w:rsidR="00CA7E17" w:rsidRPr="00AE642C" w:rsidRDefault="00CA7E17" w:rsidP="004C54A5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="sl-SI"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AE642C">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="sl-SI"/>
               </w:rPr>
               <w:t xml:space="preserve">                      materialov za pletarstvo; košarski in pletarski izdelki</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CA7E17" w:rsidRPr="00AE642C" w14:paraId="1B828F7E" w14:textId="77777777" w:rsidTr="004C54A5">
+      <w:tr w:rsidR="00CA7E17" w:rsidRPr="00AE642C" w14:paraId="3E3DBC40" w14:textId="77777777" w:rsidTr="004C54A5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8638" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="4C0FF6F9" w14:textId="77777777" w:rsidR="00CA7E17" w:rsidRPr="00AE642C" w:rsidRDefault="00CA7E17" w:rsidP="004C54A5">
+          <w:p w14:paraId="1D25626D" w14:textId="77777777" w:rsidR="00CA7E17" w:rsidRPr="00AE642C" w:rsidRDefault="00CA7E17" w:rsidP="004C54A5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="sl-SI"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AE642C">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="sl-SI"/>
               </w:rPr>
               <w:t xml:space="preserve">Oddelek X:   Celuloza, lesna ali iz drugih vlaknastih celuloznih materialov; papirni in kartonski odpadki in </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CA7E17" w:rsidRPr="00AE642C" w14:paraId="550D620C" w14:textId="77777777" w:rsidTr="004C54A5">
+      <w:tr w:rsidR="00CA7E17" w:rsidRPr="00AE642C" w14:paraId="7C36990D" w14:textId="77777777" w:rsidTr="004C54A5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8638" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="7AC790DD" w14:textId="77777777" w:rsidR="00CA7E17" w:rsidRPr="00AE642C" w:rsidRDefault="00CA7E17" w:rsidP="004C54A5">
+          <w:p w14:paraId="616BB61E" w14:textId="77777777" w:rsidR="00CA7E17" w:rsidRPr="00AE642C" w:rsidRDefault="00CA7E17" w:rsidP="004C54A5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="sl-SI"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AE642C">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="sl-SI"/>
               </w:rPr>
               <w:t xml:space="preserve">                     ostanki; papir in karton, papirni izdelki in kartonski izdelki </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CA7E17" w:rsidRPr="00AE642C" w14:paraId="668FCC09" w14:textId="77777777" w:rsidTr="004C54A5">
+      <w:tr w:rsidR="00CA7E17" w:rsidRPr="00AE642C" w14:paraId="243DC232" w14:textId="77777777" w:rsidTr="004C54A5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8638" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="7D77589F" w14:textId="77777777" w:rsidR="00CA7E17" w:rsidRPr="00AE642C" w:rsidRDefault="00CA7E17" w:rsidP="004C54A5">
+          <w:p w14:paraId="559A871A" w14:textId="77777777" w:rsidR="00CA7E17" w:rsidRPr="00AE642C" w:rsidRDefault="00CA7E17" w:rsidP="004C54A5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="sl-SI"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AE642C">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="sl-SI"/>
               </w:rPr>
               <w:t xml:space="preserve">Oddelek XI:  Tekstil in tekstilni izdelki </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CA7E17" w:rsidRPr="00AE642C" w14:paraId="62367FA0" w14:textId="77777777" w:rsidTr="004C54A5">
+      <w:tr w:rsidR="00CA7E17" w:rsidRPr="00AE642C" w14:paraId="13646135" w14:textId="77777777" w:rsidTr="004C54A5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8638" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="35937446" w14:textId="77777777" w:rsidR="00CA7E17" w:rsidRPr="00AE642C" w:rsidRDefault="00CA7E17" w:rsidP="004C54A5">
+          <w:p w14:paraId="704FB228" w14:textId="77777777" w:rsidR="00CA7E17" w:rsidRPr="00AE642C" w:rsidRDefault="00CA7E17" w:rsidP="004C54A5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="sl-SI"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AE642C">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="sl-SI"/>
               </w:rPr>
               <w:t>Oddelek XII: Obutev, pokrivala, dežniki, sončniki, sprehajalne palice, palice-stolčki, biči, korobači in</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="74E076B2" w14:textId="77777777" w:rsidR="00CA7E17" w:rsidRPr="00AE642C" w:rsidRDefault="00CA7E17" w:rsidP="004C54A5">
+          <w:p w14:paraId="3C729900" w14:textId="77777777" w:rsidR="00CA7E17" w:rsidRPr="00AE642C" w:rsidRDefault="00CA7E17" w:rsidP="004C54A5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="sl-SI"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AE642C">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="sl-SI"/>
               </w:rPr>
               <w:t xml:space="preserve">                     njihovi deli; preparirano perje in izdelki iz perja; umetno cvetje; izdelki iz človeških las</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CA7E17" w:rsidRPr="00AE642C" w14:paraId="3A44CD6A" w14:textId="77777777" w:rsidTr="004C54A5">
+      <w:tr w:rsidR="00CA7E17" w:rsidRPr="00AE642C" w14:paraId="44AF58E5" w14:textId="77777777" w:rsidTr="004C54A5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8638" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="5FCB0BCB" w14:textId="77777777" w:rsidR="00CA7E17" w:rsidRPr="00AE642C" w:rsidRDefault="00CA7E17" w:rsidP="004C54A5">
+          <w:p w14:paraId="0CF1D751" w14:textId="77777777" w:rsidR="00CA7E17" w:rsidRPr="00AE642C" w:rsidRDefault="00CA7E17" w:rsidP="004C54A5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="sl-SI"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AE642C">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="sl-SI"/>
               </w:rPr>
               <w:t>Oddelek XIII: Izdelki iz kamna, sadre, cementa, betona, azbesta, sljude ali podobnih materialov;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0B904F74" w14:textId="77777777" w:rsidR="00CA7E17" w:rsidRPr="00AE642C" w:rsidRDefault="00CA7E17" w:rsidP="004C54A5">
+          <w:p w14:paraId="34DE0695" w14:textId="77777777" w:rsidR="00CA7E17" w:rsidRPr="00AE642C" w:rsidRDefault="00CA7E17" w:rsidP="004C54A5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="sl-SI"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AE642C">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="sl-SI"/>
               </w:rPr>
               <w:t xml:space="preserve">                      keramični izdelki; steklo in stekleni izdelki</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CA7E17" w:rsidRPr="00AE642C" w14:paraId="336F2FEF" w14:textId="77777777" w:rsidTr="004C54A5">
+      <w:tr w:rsidR="00CA7E17" w:rsidRPr="00AE642C" w14:paraId="072AE514" w14:textId="77777777" w:rsidTr="004C54A5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8638" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="7C891ECA" w14:textId="77777777" w:rsidR="00CA7E17" w:rsidRPr="00AE642C" w:rsidRDefault="00CA7E17" w:rsidP="004C54A5">
+          <w:p w14:paraId="15F23012" w14:textId="77777777" w:rsidR="00CA7E17" w:rsidRPr="00AE642C" w:rsidRDefault="00CA7E17" w:rsidP="004C54A5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="sl-SI"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AE642C">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="sl-SI"/>
               </w:rPr>
               <w:t xml:space="preserve">Oddelek XIV: Naravni in kultivirani biseri, dragi in poldragi kamni, plemenite kovine, kovine, platirane s </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CA7E17" w:rsidRPr="00AE642C" w14:paraId="3A2C612D" w14:textId="77777777" w:rsidTr="004C54A5">
+      <w:tr w:rsidR="00CA7E17" w:rsidRPr="00AE642C" w14:paraId="6CBCAE09" w14:textId="77777777" w:rsidTr="004C54A5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8638" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="4B8EA3BD" w14:textId="77777777" w:rsidR="00CA7E17" w:rsidRPr="00AE642C" w:rsidRDefault="00CA7E17" w:rsidP="004C54A5">
+          <w:p w14:paraId="13A2EF22" w14:textId="77777777" w:rsidR="00CA7E17" w:rsidRPr="00AE642C" w:rsidRDefault="00CA7E17" w:rsidP="004C54A5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="sl-SI"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AE642C">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="sl-SI"/>
               </w:rPr>
               <w:t xml:space="preserve">                      plemenitimi kovinami, in iz njih narejeni izdelki; imitacije nakita; kovanci </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CA7E17" w:rsidRPr="00AE642C" w14:paraId="2A1D59C4" w14:textId="77777777" w:rsidTr="004C54A5">
+      <w:tr w:rsidR="00CA7E17" w:rsidRPr="00AE642C" w14:paraId="0D31BD36" w14:textId="77777777" w:rsidTr="004C54A5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8638" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="5398DB2E" w14:textId="77777777" w:rsidR="00CA7E17" w:rsidRPr="00AE642C" w:rsidRDefault="00CA7E17" w:rsidP="004C54A5">
+          <w:p w14:paraId="1D6D8270" w14:textId="77777777" w:rsidR="00CA7E17" w:rsidRPr="00AE642C" w:rsidRDefault="00CA7E17" w:rsidP="004C54A5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="sl-SI"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AE642C">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="sl-SI"/>
               </w:rPr>
               <w:t xml:space="preserve">Oddelek XV:  Navadne kovine in izdelki iz navadnih kovin </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CA7E17" w:rsidRPr="00AE642C" w14:paraId="5D1FF5C2" w14:textId="77777777" w:rsidTr="004C54A5">
+      <w:tr w:rsidR="00CA7E17" w:rsidRPr="00AE642C" w14:paraId="1E8A7793" w14:textId="77777777" w:rsidTr="004C54A5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8638" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="430976D1" w14:textId="77777777" w:rsidR="00CA7E17" w:rsidRPr="00AE642C" w:rsidRDefault="00CA7E17" w:rsidP="004C54A5">
+          <w:p w14:paraId="48346EC6" w14:textId="77777777" w:rsidR="00CA7E17" w:rsidRPr="00AE642C" w:rsidRDefault="00CA7E17" w:rsidP="004C54A5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="sl-SI"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AE642C">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="sl-SI"/>
               </w:rPr>
               <w:t>Oddelek XVI: Stroji in mehanske naprave; elektrotehniška oprema; njihovi deli; aparati za snemanje in</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CA7E17" w:rsidRPr="00AE642C" w14:paraId="34FD7AF5" w14:textId="77777777" w:rsidTr="004C54A5">
+      <w:tr w:rsidR="00CA7E17" w:rsidRPr="00AE642C" w14:paraId="1F8401AD" w14:textId="77777777" w:rsidTr="004C54A5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8638" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="2E23F868" w14:textId="77777777" w:rsidR="00CA7E17" w:rsidRPr="00AE642C" w:rsidRDefault="00CA7E17" w:rsidP="004C54A5">
+          <w:p w14:paraId="411A0D7B" w14:textId="77777777" w:rsidR="00CA7E17" w:rsidRPr="00AE642C" w:rsidRDefault="00CA7E17" w:rsidP="004C54A5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="sl-SI"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AE642C">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="sl-SI"/>
               </w:rPr>
               <w:t xml:space="preserve">                       reprodukcijo zvoka, aparati za snemanje in reprodukcijo televizijske slike in zvoka, deli in </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CA7E17" w:rsidRPr="00AE642C" w14:paraId="1C298432" w14:textId="77777777" w:rsidTr="004C54A5">
+      <w:tr w:rsidR="00CA7E17" w:rsidRPr="00AE642C" w14:paraId="272080DE" w14:textId="77777777" w:rsidTr="004C54A5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8638" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="7B62E649" w14:textId="77777777" w:rsidR="00CA7E17" w:rsidRPr="00AE642C" w:rsidRDefault="00CA7E17" w:rsidP="004C54A5">
+          <w:p w14:paraId="26410318" w14:textId="77777777" w:rsidR="00CA7E17" w:rsidRPr="00AE642C" w:rsidRDefault="00CA7E17" w:rsidP="004C54A5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="sl-SI"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AE642C">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="sl-SI"/>
               </w:rPr>
               <w:t xml:space="preserve">                       pribor za te proizvode </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CA7E17" w:rsidRPr="00AE642C" w14:paraId="3012D326" w14:textId="77777777" w:rsidTr="004C54A5">
+      <w:tr w:rsidR="00CA7E17" w:rsidRPr="00AE642C" w14:paraId="08B825D7" w14:textId="77777777" w:rsidTr="004C54A5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8638" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="7FC1276F" w14:textId="77777777" w:rsidR="00CA7E17" w:rsidRPr="00AE642C" w:rsidRDefault="00CA7E17" w:rsidP="004C54A5">
+          <w:p w14:paraId="24FC93A0" w14:textId="77777777" w:rsidR="00CA7E17" w:rsidRPr="00AE642C" w:rsidRDefault="00CA7E17" w:rsidP="004C54A5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="sl-SI"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AE642C">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="sl-SI"/>
               </w:rPr>
               <w:t xml:space="preserve">Oddelek XVII: Vozila, zrakoplovi, plovila in spremljajoča transportna oprema </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CA7E17" w:rsidRPr="00AE642C" w14:paraId="3FB45C69" w14:textId="77777777" w:rsidTr="004C54A5">
+      <w:tr w:rsidR="00CA7E17" w:rsidRPr="00AE642C" w14:paraId="09BB8EA5" w14:textId="77777777" w:rsidTr="004C54A5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8638" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="5D3B1C2A" w14:textId="77777777" w:rsidR="00CA7E17" w:rsidRPr="00AE642C" w:rsidRDefault="00CA7E17" w:rsidP="004C54A5">
+          <w:p w14:paraId="1B904BE0" w14:textId="77777777" w:rsidR="00CA7E17" w:rsidRPr="00AE642C" w:rsidRDefault="00CA7E17" w:rsidP="004C54A5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="sl-SI"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AE642C">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="sl-SI"/>
               </w:rPr>
               <w:t xml:space="preserve">Oddelek XVIII: Optični, fotografski, kinematografski, merilni, kontrolni, precizni, medicinski ali kirurški </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CA7E17" w:rsidRPr="00AE642C" w14:paraId="047723FF" w14:textId="77777777" w:rsidTr="004C54A5">
+      <w:tr w:rsidR="00CA7E17" w:rsidRPr="00AE642C" w14:paraId="13A8954C" w14:textId="77777777" w:rsidTr="004C54A5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8638" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="054A0A3B" w14:textId="77777777" w:rsidR="00CA7E17" w:rsidRPr="00AE642C" w:rsidRDefault="00CA7E17" w:rsidP="004C54A5">
+          <w:p w14:paraId="7B5C013E" w14:textId="77777777" w:rsidR="00CA7E17" w:rsidRPr="00AE642C" w:rsidRDefault="00CA7E17" w:rsidP="004C54A5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="sl-SI"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AE642C">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="sl-SI"/>
               </w:rPr>
               <w:t xml:space="preserve">                        instrumenti in aparati; ure; glasbila; njihovi deli in pribor  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CA7E17" w:rsidRPr="00AE642C" w14:paraId="1FAA9BD4" w14:textId="77777777" w:rsidTr="004C54A5">
+      <w:tr w:rsidR="00CA7E17" w:rsidRPr="00AE642C" w14:paraId="1733AEAF" w14:textId="77777777" w:rsidTr="004C54A5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8638" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="69ACA7B4" w14:textId="77777777" w:rsidR="00CA7E17" w:rsidRPr="00AE642C" w:rsidRDefault="00CA7E17" w:rsidP="004C54A5">
+          <w:p w14:paraId="45743C22" w14:textId="77777777" w:rsidR="00CA7E17" w:rsidRPr="00AE642C" w:rsidRDefault="00CA7E17" w:rsidP="004C54A5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="sl-SI"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AE642C">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="sl-SI"/>
               </w:rPr>
               <w:t xml:space="preserve">Oddelek XIX:  Orožje in strelivo; njuni deli in pribor </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CA7E17" w:rsidRPr="00AE642C" w14:paraId="0D8D9B03" w14:textId="77777777" w:rsidTr="004C54A5">
+      <w:tr w:rsidR="00CA7E17" w:rsidRPr="00AE642C" w14:paraId="717E6EFA" w14:textId="77777777" w:rsidTr="004C54A5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8638" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="6F28DC05" w14:textId="77777777" w:rsidR="00CA7E17" w:rsidRPr="00AE642C" w:rsidRDefault="00CA7E17" w:rsidP="004C54A5">
+          <w:p w14:paraId="34C12A3E" w14:textId="77777777" w:rsidR="00CA7E17" w:rsidRPr="00AE642C" w:rsidRDefault="00CA7E17" w:rsidP="004C54A5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="sl-SI"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AE642C">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="sl-SI"/>
               </w:rPr>
               <w:t xml:space="preserve">Oddelek XX:   Razni izdelki </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CA7E17" w:rsidRPr="00AE642C" w14:paraId="3A5B689F" w14:textId="77777777" w:rsidTr="004C54A5">
+      <w:tr w:rsidR="00CA7E17" w:rsidRPr="00AE642C" w14:paraId="7DAA2664" w14:textId="77777777" w:rsidTr="004C54A5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8638" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="0C808AD9" w14:textId="77777777" w:rsidR="00CA7E17" w:rsidRPr="00AE642C" w:rsidRDefault="00CA7E17" w:rsidP="004C54A5">
+          <w:p w14:paraId="1A746096" w14:textId="77777777" w:rsidR="00CA7E17" w:rsidRPr="00AE642C" w:rsidRDefault="00CA7E17" w:rsidP="004C54A5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="sl-SI"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AE642C">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="sl-SI"/>
               </w:rPr>
               <w:t>Oddelek XXI:  Umetniški izdelki, zbirke in starine</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="5FC961AB" w14:textId="77777777" w:rsidR="00CA7E17" w:rsidRDefault="00CA7E17" w:rsidP="00CA7E17">
+    <w:p w14:paraId="038FCA9C" w14:textId="77777777" w:rsidR="00CA7E17" w:rsidRDefault="00CA7E17" w:rsidP="00CA7E17">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="42" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4BB4C904" w14:textId="77777777" w:rsidR="00370FCA" w:rsidRPr="00BF4F06" w:rsidRDefault="00370FCA" w:rsidP="00894B9F">
+    <w:p w14:paraId="3E5C74F3" w14:textId="77777777" w:rsidR="00370FCA" w:rsidRPr="00BF4F06" w:rsidRDefault="00370FCA" w:rsidP="00894B9F">
       <w:pPr>
         <w:pageBreakBefore/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BF4F06">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="20"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Postavka </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="71908DDE" w14:textId="77777777" w:rsidR="00370FCA" w:rsidRPr="00BF4F06" w:rsidRDefault="00370FCA" w:rsidP="00894B9F">
+    <w:p w14:paraId="7BFF638B" w14:textId="77777777" w:rsidR="00370FCA" w:rsidRPr="00BF4F06" w:rsidRDefault="00370FCA" w:rsidP="00894B9F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BF4F06">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
         <w:t xml:space="preserve">Posamezna postavka nomenklature vsebuje: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="519F81AC" w14:textId="77777777" w:rsidR="00370FCA" w:rsidRPr="00BF4F06" w:rsidRDefault="00370FCA" w:rsidP="00894B9F">
+    <w:p w14:paraId="0F9AC076" w14:textId="77777777" w:rsidR="00370FCA" w:rsidRPr="00BF4F06" w:rsidRDefault="00370FCA" w:rsidP="00894B9F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="33" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BF4F06">
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
       <w:r w:rsidRPr="00BF4F06">
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
       <w:r w:rsidRPr="00BF4F06">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
         <w:t xml:space="preserve">oznako KN – 1. stolpec </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F3E7F6B" w14:textId="77777777" w:rsidR="00370FCA" w:rsidRPr="00BF4F06" w:rsidRDefault="00370FCA" w:rsidP="00894B9F">
+    <w:p w14:paraId="3ED6372C" w14:textId="77777777" w:rsidR="00370FCA" w:rsidRPr="00BF4F06" w:rsidRDefault="00370FCA" w:rsidP="00894B9F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="33" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BF4F06">
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
       <w:r w:rsidRPr="00BF4F06">
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
       <w:r w:rsidRPr="00BF4F06">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
         <w:t xml:space="preserve">raven razčlenitve, ki je označena s črticami - 2. stolpec </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BAB2734" w14:textId="77777777" w:rsidR="00370FCA" w:rsidRPr="00BF4F06" w:rsidRDefault="00370FCA" w:rsidP="00894B9F">
+    <w:p w14:paraId="3B0F77B0" w14:textId="77777777" w:rsidR="00370FCA" w:rsidRPr="00BF4F06" w:rsidRDefault="00370FCA" w:rsidP="00894B9F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="33" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BF4F06">
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
       <w:r w:rsidRPr="00BF4F06">
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
       <w:r w:rsidRPr="00BF4F06">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
         <w:t xml:space="preserve">poimenovanje blaga – 2. stolpec </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="000BCF22" w14:textId="77777777" w:rsidR="00370FCA" w:rsidRPr="00BF4F06" w:rsidRDefault="00370FCA" w:rsidP="00894B9F">
+    <w:p w14:paraId="5B6F7992" w14:textId="77777777" w:rsidR="00370FCA" w:rsidRPr="00BF4F06" w:rsidRDefault="00370FCA" w:rsidP="00894B9F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="33" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BF4F06">
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
       <w:r w:rsidRPr="00BF4F06">
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
       <w:r w:rsidRPr="00BF4F06">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
         <w:t xml:space="preserve">konvencionalno stopnjo dajatve – 3. stolpec </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="60160BA3" w14:textId="77777777" w:rsidR="00370FCA" w:rsidRPr="00BF4F06" w:rsidRDefault="00370FCA" w:rsidP="00894B9F">
+    <w:p w14:paraId="5E97BFB0" w14:textId="77777777" w:rsidR="00370FCA" w:rsidRPr="00BF4F06" w:rsidRDefault="00370FCA" w:rsidP="00894B9F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BF4F06">
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
       <w:r w:rsidRPr="00BF4F06">
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
       <w:r w:rsidRPr="00BF4F06">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
         <w:t xml:space="preserve">dodatno </w:t>
       </w:r>
       <w:r w:rsidR="00CA7E17">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
         <w:t>mersko enoto – 4. stolpec</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="48C96693" w14:textId="77777777" w:rsidR="00370FCA" w:rsidRPr="00BF4F06" w:rsidRDefault="00370FCA" w:rsidP="00894B9F">
+    <w:p w14:paraId="7EA1A11E" w14:textId="77777777" w:rsidR="00370FCA" w:rsidRPr="00BF4F06" w:rsidRDefault="00370FCA" w:rsidP="00894B9F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7170EE44" w14:textId="77777777" w:rsidR="00C95CF7" w:rsidRPr="00BF4F06" w:rsidRDefault="00C95CF7" w:rsidP="00894B9F">
+    <w:p w14:paraId="19AF0877" w14:textId="77777777" w:rsidR="00C95CF7" w:rsidRPr="00BF4F06" w:rsidRDefault="00C95CF7" w:rsidP="00894B9F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="20"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BF4F06">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="20"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
         <w:t>Primer</w:t>
       </w:r>
       <w:r w:rsidR="00CA7E17">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="20"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
         <w:t xml:space="preserve"> postavke</w:t>
       </w:r>
       <w:r w:rsidRPr="00BF4F06">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="20"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="147190E1" w14:textId="77777777" w:rsidR="00C95CF7" w:rsidRPr="00BF4F06" w:rsidRDefault="00C95CF7" w:rsidP="00894B9F">
+    <w:p w14:paraId="6AE48DC7" w14:textId="77777777" w:rsidR="00C95CF7" w:rsidRPr="00BF4F06" w:rsidRDefault="00C95CF7" w:rsidP="00894B9F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1363"/>
         <w:gridCol w:w="3998"/>
         <w:gridCol w:w="1974"/>
         <w:gridCol w:w="1153"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00C95CF7" w:rsidRPr="00BF4F06" w14:paraId="7C05DAA8" w14:textId="77777777" w:rsidTr="00843E28">
+      <w:tr w:rsidR="00C95CF7" w:rsidRPr="00BF4F06" w14:paraId="673940AC" w14:textId="77777777" w:rsidTr="00843E28">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1384" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="63CFCA0C" w14:textId="77777777" w:rsidR="00C95CF7" w:rsidRPr="00BF4F06" w:rsidRDefault="00C95CF7" w:rsidP="00894B9F">
+          <w:p w14:paraId="5D1FEF3F" w14:textId="77777777" w:rsidR="00C95CF7" w:rsidRPr="00BF4F06" w:rsidRDefault="00C95CF7" w:rsidP="00894B9F">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="sl-SI"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BF4F06">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="sl-SI"/>
               </w:rPr>
               <w:t>Oznaka KN</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4111" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="3587250C" w14:textId="77777777" w:rsidR="00C95CF7" w:rsidRPr="00BF4F06" w:rsidRDefault="00C95CF7" w:rsidP="00894B9F">
+          <w:p w14:paraId="2D2A29B7" w14:textId="77777777" w:rsidR="00C95CF7" w:rsidRPr="00BF4F06" w:rsidRDefault="00C95CF7" w:rsidP="00894B9F">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="sl-SI"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BF4F06">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="sl-SI"/>
               </w:rPr>
               <w:t>raven razčlenitve in poimenovanje blaga</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="1CA50C69" w14:textId="77777777" w:rsidR="00C95CF7" w:rsidRPr="00BF4F06" w:rsidRDefault="00C95CF7" w:rsidP="00894B9F">
+          <w:p w14:paraId="458F258D" w14:textId="77777777" w:rsidR="00C95CF7" w:rsidRPr="00BF4F06" w:rsidRDefault="00C95CF7" w:rsidP="00894B9F">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="sl-SI"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BF4F06">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="sl-SI"/>
               </w:rPr>
               <w:t>Konvencionalna stopnja dajatve</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1159" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="02D9E3D3" w14:textId="77777777" w:rsidR="00C95CF7" w:rsidRPr="00BF4F06" w:rsidRDefault="00C95CF7" w:rsidP="00894B9F">
+          <w:p w14:paraId="1FA0646C" w14:textId="77777777" w:rsidR="00C95CF7" w:rsidRPr="00BF4F06" w:rsidRDefault="00C95CF7" w:rsidP="00894B9F">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="sl-SI"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BF4F06">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="sl-SI"/>
               </w:rPr>
               <w:t xml:space="preserve">Dodatna enota </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C95CF7" w:rsidRPr="00BF4F06" w14:paraId="2928CADC" w14:textId="77777777" w:rsidTr="00843E28">
+      <w:tr w:rsidR="00C95CF7" w:rsidRPr="00BF4F06" w14:paraId="7456060D" w14:textId="77777777" w:rsidTr="00843E28">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1384" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="07A26A67" w14:textId="77777777" w:rsidR="00C95CF7" w:rsidRPr="00BF4F06" w:rsidRDefault="00C95CF7" w:rsidP="00894B9F">
+          <w:p w14:paraId="1A730497" w14:textId="77777777" w:rsidR="00C95CF7" w:rsidRPr="00BF4F06" w:rsidRDefault="00C95CF7" w:rsidP="00894B9F">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="sl-SI"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BF4F06">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="sl-SI"/>
               </w:rPr>
               <w:t>0106 14 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4111" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="7CD8B646" w14:textId="77777777" w:rsidR="00C95CF7" w:rsidRPr="00BF4F06" w:rsidRDefault="00C95CF7" w:rsidP="00894B9F">
+          <w:p w14:paraId="4983E33B" w14:textId="77777777" w:rsidR="00C95CF7" w:rsidRPr="00BF4F06" w:rsidRDefault="00C95CF7" w:rsidP="00894B9F">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="sl-SI"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BF4F06">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="sl-SI"/>
               </w:rPr>
               <w:t>− − − domači kunci</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="20D598DD" w14:textId="77777777" w:rsidR="00C95CF7" w:rsidRPr="00BF4F06" w:rsidRDefault="00C95CF7" w:rsidP="00894B9F">
+          <w:p w14:paraId="63B1281F" w14:textId="77777777" w:rsidR="00C95CF7" w:rsidRPr="00BF4F06" w:rsidRDefault="00C95CF7" w:rsidP="00894B9F">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="sl-SI"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BF4F06">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="sl-SI"/>
               </w:rPr>
               <w:t>3,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1159" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="3D560C75" w14:textId="77777777" w:rsidR="00C95CF7" w:rsidRPr="00BF4F06" w:rsidRDefault="00C95CF7" w:rsidP="00894B9F">
+          <w:p w14:paraId="1E5D175D" w14:textId="77777777" w:rsidR="00C95CF7" w:rsidRPr="00BF4F06" w:rsidRDefault="00C95CF7" w:rsidP="00894B9F">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="sl-SI"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BF4F06">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="sl-SI"/>
               </w:rPr>
               <w:t>p/st</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="1CFB120C" w14:textId="77777777" w:rsidR="00C95CF7" w:rsidRPr="00BF4F06" w:rsidRDefault="00C95CF7" w:rsidP="00894B9F">
+    <w:p w14:paraId="23331490" w14:textId="77777777" w:rsidR="00C95CF7" w:rsidRPr="00BF4F06" w:rsidRDefault="00C95CF7" w:rsidP="00894B9F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="66F00BB5" w14:textId="77777777" w:rsidR="005E226F" w:rsidRDefault="005E226F" w:rsidP="00894B9F">
+    <w:p w14:paraId="79A8AB41" w14:textId="77777777" w:rsidR="005E226F" w:rsidRDefault="005E226F" w:rsidP="00894B9F">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="21FE052F" w14:textId="77777777" w:rsidR="00370FCA" w:rsidRPr="00BF4F06" w:rsidRDefault="00370FCA" w:rsidP="00894B9F">
+    <w:p w14:paraId="56BEDFBD" w14:textId="77777777" w:rsidR="00370FCA" w:rsidRPr="00BF4F06" w:rsidRDefault="00370FCA" w:rsidP="00894B9F">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BF4F06">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Oznaka KN </w:t>
       </w:r>
       <w:r w:rsidR="008D1A10">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008D1A10" w:rsidRPr="008D1A10">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>je s</w:t>
       </w:r>
       <w:r w:rsidRPr="00BF4F06">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">estavljena iz osemmestne številčne oznake: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="29199B2A" w14:textId="77777777" w:rsidR="00370FCA" w:rsidRPr="00BF4F06" w:rsidRDefault="00370FCA" w:rsidP="00894B9F">
+    <w:p w14:paraId="739A2AB3" w14:textId="77777777" w:rsidR="00370FCA" w:rsidRPr="00BF4F06" w:rsidRDefault="00370FCA" w:rsidP="00894B9F">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:after="44"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="566271D9" w14:textId="77777777" w:rsidR="00370FCA" w:rsidRPr="00BF4F06" w:rsidRDefault="00370FCA" w:rsidP="00894B9F">
+    <w:p w14:paraId="7C651B72" w14:textId="77777777" w:rsidR="00370FCA" w:rsidRPr="00BF4F06" w:rsidRDefault="00370FCA" w:rsidP="00894B9F">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:after="44"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BF4F06">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">1. prvih šest mest označuje številčne oznake, ki se nanašajo na številke in podštevilke harmoniziranega sistema, </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="19B678A3" w14:textId="77777777" w:rsidR="00370FCA" w:rsidRPr="00BF4F06" w:rsidRDefault="00370FCA" w:rsidP="00894B9F">
+    <w:p w14:paraId="4DDADF85" w14:textId="77777777" w:rsidR="00370FCA" w:rsidRPr="00BF4F06" w:rsidRDefault="00370FCA" w:rsidP="00894B9F">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BF4F06">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>2. sedmo in osmo mesto označujeta podštevilke KN. Če številka ali podštevilka harmonizirane</w:t>
       </w:r>
       <w:r w:rsidR="007C68D1">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>g</w:t>
       </w:r>
       <w:r w:rsidRPr="00BF4F06">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">a sistema za potrebe EU nista razčlenjeni naprej, sta sedmo in osmo mesto označena z »00«. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="083EC0C9" w14:textId="77777777" w:rsidR="00CA0922" w:rsidRDefault="00CA0922" w:rsidP="00894B9F">
+    <w:p w14:paraId="60BDDBF0" w14:textId="77777777" w:rsidR="00CA0922" w:rsidRDefault="00CA0922" w:rsidP="00894B9F">
       <w:pPr>
         <w:pStyle w:val="FURSnaslov1"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6A76A201" w14:textId="77777777" w:rsidR="005E226F" w:rsidRPr="00BF4F06" w:rsidRDefault="005E226F" w:rsidP="00894B9F">
+    <w:p w14:paraId="6EAB723B" w14:textId="77777777" w:rsidR="005E226F" w:rsidRPr="00BF4F06" w:rsidRDefault="005E226F" w:rsidP="00894B9F">
       <w:pPr>
         <w:pStyle w:val="FURSnaslov1"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="392"/>
         <w:gridCol w:w="425"/>
         <w:gridCol w:w="425"/>
         <w:gridCol w:w="426"/>
         <w:gridCol w:w="425"/>
         <w:gridCol w:w="425"/>
         <w:gridCol w:w="425"/>
         <w:gridCol w:w="426"/>
         <w:gridCol w:w="2835"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00C95CF7" w:rsidRPr="00BF4F06" w14:paraId="6A532A0D" w14:textId="77777777" w:rsidTr="00843E28">
+      <w:tr w:rsidR="00C95CF7" w:rsidRPr="00BF4F06" w14:paraId="7DC394E0" w14:textId="77777777" w:rsidTr="00843E28">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3369" w:type="dxa"/>
             <w:gridSpan w:val="8"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="6431E909" w14:textId="77777777" w:rsidR="00C95CF7" w:rsidRPr="00BF4F06" w:rsidRDefault="00C95CF7" w:rsidP="00894B9F">
+          <w:p w14:paraId="424A3ECA" w14:textId="77777777" w:rsidR="00C95CF7" w:rsidRPr="00BF4F06" w:rsidRDefault="00C95CF7" w:rsidP="00894B9F">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BF4F06">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Tarifna oznaka </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="69C5F4F4" w14:textId="77777777" w:rsidR="00C95CF7" w:rsidRPr="00BF4F06" w:rsidRDefault="00C95CF7" w:rsidP="00894B9F">
+          <w:p w14:paraId="3557A0E1" w14:textId="77777777" w:rsidR="00C95CF7" w:rsidRPr="00BF4F06" w:rsidRDefault="00C95CF7" w:rsidP="00894B9F">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BF4F06">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Opis posameznih številk </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C95CF7" w:rsidRPr="00BF4F06" w14:paraId="419229A3" w14:textId="77777777" w:rsidTr="00843E28">
+      <w:tr w:rsidR="00C95CF7" w:rsidRPr="00BF4F06" w14:paraId="5B57297F" w14:textId="77777777" w:rsidTr="00843E28">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="392" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="138126C4" w14:textId="77777777" w:rsidR="00C95CF7" w:rsidRPr="00BF4F06" w:rsidRDefault="00C95CF7" w:rsidP="00894B9F">
+          <w:p w14:paraId="53335DF8" w14:textId="77777777" w:rsidR="00C95CF7" w:rsidRPr="00BF4F06" w:rsidRDefault="00C95CF7" w:rsidP="00894B9F">
             <w:pPr>
               <w:pStyle w:val="FURSnaslov1"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="00BF4F06">
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="5CB8F236" w14:textId="77777777" w:rsidR="00C95CF7" w:rsidRPr="00BF4F06" w:rsidRDefault="00C95CF7" w:rsidP="00894B9F">
+          <w:p w14:paraId="74A8D206" w14:textId="77777777" w:rsidR="00C95CF7" w:rsidRPr="00BF4F06" w:rsidRDefault="00C95CF7" w:rsidP="00894B9F">
             <w:pPr>
               <w:pStyle w:val="FURSnaslov1"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="00BF4F06">
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="3E30E69F" w14:textId="77777777" w:rsidR="00C95CF7" w:rsidRPr="00BF4F06" w:rsidRDefault="00C95CF7" w:rsidP="00894B9F">
+          <w:p w14:paraId="0B8E35B5" w14:textId="77777777" w:rsidR="00C95CF7" w:rsidRPr="00BF4F06" w:rsidRDefault="00C95CF7" w:rsidP="00894B9F">
             <w:pPr>
               <w:pStyle w:val="FURSnaslov1"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="426" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="750C35E7" w14:textId="77777777" w:rsidR="00C95CF7" w:rsidRPr="00BF4F06" w:rsidRDefault="00C95CF7" w:rsidP="00894B9F">
+          <w:p w14:paraId="69AF083D" w14:textId="77777777" w:rsidR="00C95CF7" w:rsidRPr="00BF4F06" w:rsidRDefault="00C95CF7" w:rsidP="00894B9F">
             <w:pPr>
               <w:pStyle w:val="FURSnaslov1"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="707CDE71" w14:textId="77777777" w:rsidR="00C95CF7" w:rsidRPr="00BF4F06" w:rsidRDefault="00C95CF7" w:rsidP="00894B9F">
+          <w:p w14:paraId="7ADC01CB" w14:textId="77777777" w:rsidR="00C95CF7" w:rsidRPr="00BF4F06" w:rsidRDefault="00C95CF7" w:rsidP="00894B9F">
             <w:pPr>
               <w:pStyle w:val="FURSnaslov1"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="016E9B40" w14:textId="77777777" w:rsidR="00C95CF7" w:rsidRPr="00BF4F06" w:rsidRDefault="00C95CF7" w:rsidP="00894B9F">
+          <w:p w14:paraId="653DCFB1" w14:textId="77777777" w:rsidR="00C95CF7" w:rsidRPr="00BF4F06" w:rsidRDefault="00C95CF7" w:rsidP="00894B9F">
             <w:pPr>
               <w:pStyle w:val="FURSnaslov1"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="0B46A604" w14:textId="77777777" w:rsidR="00C95CF7" w:rsidRPr="00BF4F06" w:rsidRDefault="00C95CF7" w:rsidP="00894B9F">
+          <w:p w14:paraId="0F559863" w14:textId="77777777" w:rsidR="00C95CF7" w:rsidRPr="00BF4F06" w:rsidRDefault="00C95CF7" w:rsidP="00894B9F">
             <w:pPr>
               <w:pStyle w:val="FURSnaslov1"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="426" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="305BB109" w14:textId="77777777" w:rsidR="00C95CF7" w:rsidRPr="00BF4F06" w:rsidRDefault="00C95CF7" w:rsidP="00894B9F">
+          <w:p w14:paraId="61C3D4B2" w14:textId="77777777" w:rsidR="00C95CF7" w:rsidRPr="00BF4F06" w:rsidRDefault="00C95CF7" w:rsidP="00894B9F">
             <w:pPr>
               <w:pStyle w:val="FURSnaslov1"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="48A3737C" w14:textId="77777777" w:rsidR="00C95CF7" w:rsidRPr="00BF4F06" w:rsidRDefault="00C95CF7" w:rsidP="00894B9F">
+          <w:p w14:paraId="30C39C7D" w14:textId="77777777" w:rsidR="00C95CF7" w:rsidRPr="00BF4F06" w:rsidRDefault="00C95CF7" w:rsidP="00894B9F">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BF4F06">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Poglavje HS </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C95CF7" w:rsidRPr="00BF4F06" w14:paraId="7A081E72" w14:textId="77777777" w:rsidTr="00843E28">
+      <w:tr w:rsidR="00C95CF7" w:rsidRPr="00BF4F06" w14:paraId="1F732740" w14:textId="77777777" w:rsidTr="00843E28">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="392" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="1F541C3F" w14:textId="77777777" w:rsidR="00C95CF7" w:rsidRPr="00BF4F06" w:rsidRDefault="00C95CF7" w:rsidP="00894B9F">
+          <w:p w14:paraId="39DFCEEB" w14:textId="77777777" w:rsidR="00C95CF7" w:rsidRPr="00BF4F06" w:rsidRDefault="00C95CF7" w:rsidP="00894B9F">
             <w:pPr>
               <w:pStyle w:val="FURSnaslov1"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="00BF4F06">
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="78CC620B" w14:textId="77777777" w:rsidR="00C95CF7" w:rsidRPr="00BF4F06" w:rsidRDefault="00C95CF7" w:rsidP="00894B9F">
+          <w:p w14:paraId="5A11E8C8" w14:textId="77777777" w:rsidR="00C95CF7" w:rsidRPr="00BF4F06" w:rsidRDefault="00C95CF7" w:rsidP="00894B9F">
             <w:pPr>
               <w:pStyle w:val="FURSnaslov1"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="00BF4F06">
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="53DA32EF" w14:textId="77777777" w:rsidR="00C95CF7" w:rsidRPr="00BF4F06" w:rsidRDefault="00C95CF7" w:rsidP="00894B9F">
+          <w:p w14:paraId="7C1C3192" w14:textId="77777777" w:rsidR="00C95CF7" w:rsidRPr="00BF4F06" w:rsidRDefault="00C95CF7" w:rsidP="00894B9F">
             <w:pPr>
               <w:pStyle w:val="FURSnaslov1"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="00BF4F06">
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="426" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="74E0ED3D" w14:textId="77777777" w:rsidR="00C95CF7" w:rsidRPr="00BF4F06" w:rsidRDefault="00C95CF7" w:rsidP="00894B9F">
+          <w:p w14:paraId="60A6A3F9" w14:textId="77777777" w:rsidR="00C95CF7" w:rsidRPr="00BF4F06" w:rsidRDefault="00C95CF7" w:rsidP="00894B9F">
             <w:pPr>
               <w:pStyle w:val="FURSnaslov1"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="00BF4F06">
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="73FA2502" w14:textId="77777777" w:rsidR="00C95CF7" w:rsidRPr="00BF4F06" w:rsidRDefault="00C95CF7" w:rsidP="00894B9F">
+          <w:p w14:paraId="73ED840F" w14:textId="77777777" w:rsidR="00C95CF7" w:rsidRPr="00BF4F06" w:rsidRDefault="00C95CF7" w:rsidP="00894B9F">
             <w:pPr>
               <w:pStyle w:val="FURSnaslov1"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="5E6AB4A3" w14:textId="77777777" w:rsidR="00C95CF7" w:rsidRPr="00BF4F06" w:rsidRDefault="00C95CF7" w:rsidP="00894B9F">
+          <w:p w14:paraId="79F03645" w14:textId="77777777" w:rsidR="00C95CF7" w:rsidRPr="00BF4F06" w:rsidRDefault="00C95CF7" w:rsidP="00894B9F">
             <w:pPr>
               <w:pStyle w:val="FURSnaslov1"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="3EA0B53F" w14:textId="77777777" w:rsidR="00C95CF7" w:rsidRPr="00BF4F06" w:rsidRDefault="00C95CF7" w:rsidP="00894B9F">
+          <w:p w14:paraId="0F5EFAF7" w14:textId="77777777" w:rsidR="00C95CF7" w:rsidRPr="00BF4F06" w:rsidRDefault="00C95CF7" w:rsidP="00894B9F">
             <w:pPr>
               <w:pStyle w:val="FURSnaslov1"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="426" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="3655F82C" w14:textId="77777777" w:rsidR="00C95CF7" w:rsidRPr="00BF4F06" w:rsidRDefault="00C95CF7" w:rsidP="00894B9F">
+          <w:p w14:paraId="49CE9FFC" w14:textId="77777777" w:rsidR="00C95CF7" w:rsidRPr="00BF4F06" w:rsidRDefault="00C95CF7" w:rsidP="00894B9F">
             <w:pPr>
               <w:pStyle w:val="FURSnaslov1"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="1B1E7200" w14:textId="77777777" w:rsidR="00C95CF7" w:rsidRPr="00BF4F06" w:rsidRDefault="00C95CF7" w:rsidP="00894B9F">
+          <w:p w14:paraId="16DC609D" w14:textId="77777777" w:rsidR="00C95CF7" w:rsidRPr="00BF4F06" w:rsidRDefault="00C95CF7" w:rsidP="00894B9F">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BF4F06">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Tarifna številka HS </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C95CF7" w:rsidRPr="00BF4F06" w14:paraId="5BED54D8" w14:textId="77777777" w:rsidTr="00843E28">
+      <w:tr w:rsidR="00C95CF7" w:rsidRPr="00BF4F06" w14:paraId="6FE49E9C" w14:textId="77777777" w:rsidTr="00843E28">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="392" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="24850150" w14:textId="77777777" w:rsidR="00C95CF7" w:rsidRPr="00BF4F06" w:rsidRDefault="00C95CF7" w:rsidP="00894B9F">
+          <w:p w14:paraId="1FB58F47" w14:textId="77777777" w:rsidR="00C95CF7" w:rsidRPr="00BF4F06" w:rsidRDefault="00C95CF7" w:rsidP="00894B9F">
             <w:pPr>
               <w:pStyle w:val="FURSnaslov1"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="00BF4F06">
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="1D902452" w14:textId="77777777" w:rsidR="00C95CF7" w:rsidRPr="00BF4F06" w:rsidRDefault="00C95CF7" w:rsidP="00894B9F">
+          <w:p w14:paraId="13466625" w14:textId="77777777" w:rsidR="00C95CF7" w:rsidRPr="00BF4F06" w:rsidRDefault="00C95CF7" w:rsidP="00894B9F">
             <w:pPr>
               <w:pStyle w:val="FURSnaslov1"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="00BF4F06">
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="3DCE117D" w14:textId="77777777" w:rsidR="00C95CF7" w:rsidRPr="00BF4F06" w:rsidRDefault="00C95CF7" w:rsidP="00894B9F">
+          <w:p w14:paraId="0EC95AA2" w14:textId="77777777" w:rsidR="00C95CF7" w:rsidRPr="00BF4F06" w:rsidRDefault="00C95CF7" w:rsidP="00894B9F">
             <w:pPr>
               <w:pStyle w:val="FURSnaslov1"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="00BF4F06">
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="426" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="2581CEFD" w14:textId="77777777" w:rsidR="00C95CF7" w:rsidRPr="00BF4F06" w:rsidRDefault="00C95CF7" w:rsidP="00894B9F">
+          <w:p w14:paraId="5DA6AD60" w14:textId="77777777" w:rsidR="00C95CF7" w:rsidRPr="00BF4F06" w:rsidRDefault="00C95CF7" w:rsidP="00894B9F">
             <w:pPr>
               <w:pStyle w:val="FURSnaslov1"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="00BF4F06">
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="7FEE8CEF" w14:textId="77777777" w:rsidR="00C95CF7" w:rsidRPr="00BF4F06" w:rsidRDefault="00C95CF7" w:rsidP="00894B9F">
+          <w:p w14:paraId="5E562260" w14:textId="77777777" w:rsidR="00C95CF7" w:rsidRPr="00BF4F06" w:rsidRDefault="00C95CF7" w:rsidP="00894B9F">
             <w:pPr>
               <w:pStyle w:val="FURSnaslov1"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="00BF4F06">
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="7DA1A288" w14:textId="77777777" w:rsidR="00C95CF7" w:rsidRPr="00BF4F06" w:rsidRDefault="00C95CF7" w:rsidP="00894B9F">
+          <w:p w14:paraId="2971A94C" w14:textId="77777777" w:rsidR="00C95CF7" w:rsidRPr="00BF4F06" w:rsidRDefault="00C95CF7" w:rsidP="00894B9F">
             <w:pPr>
               <w:pStyle w:val="FURSnaslov1"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="00BF4F06">
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="3CE54965" w14:textId="77777777" w:rsidR="00C95CF7" w:rsidRPr="00BF4F06" w:rsidRDefault="00C95CF7" w:rsidP="00894B9F">
+          <w:p w14:paraId="08789C15" w14:textId="77777777" w:rsidR="00C95CF7" w:rsidRPr="00BF4F06" w:rsidRDefault="00C95CF7" w:rsidP="00894B9F">
             <w:pPr>
               <w:pStyle w:val="FURSnaslov1"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="426" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="433D899F" w14:textId="77777777" w:rsidR="00C95CF7" w:rsidRPr="00BF4F06" w:rsidRDefault="00C95CF7" w:rsidP="00894B9F">
+          <w:p w14:paraId="16089272" w14:textId="77777777" w:rsidR="00C95CF7" w:rsidRPr="00BF4F06" w:rsidRDefault="00C95CF7" w:rsidP="00894B9F">
             <w:pPr>
               <w:pStyle w:val="FURSnaslov1"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="2AD5821D" w14:textId="77777777" w:rsidR="00C95CF7" w:rsidRPr="00BF4F06" w:rsidRDefault="00C95CF7" w:rsidP="00894B9F">
+          <w:p w14:paraId="61E6D775" w14:textId="77777777" w:rsidR="00C95CF7" w:rsidRPr="00BF4F06" w:rsidRDefault="00C95CF7" w:rsidP="00894B9F">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BF4F06">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Tarifna podštev</w:t>
             </w:r>
             <w:r w:rsidR="00BF4F06">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>i</w:t>
             </w:r>
             <w:r w:rsidRPr="00BF4F06">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">lka HS </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C95CF7" w:rsidRPr="00BF4F06" w14:paraId="52E8B248" w14:textId="77777777" w:rsidTr="00843E28">
+      <w:tr w:rsidR="00C95CF7" w:rsidRPr="00BF4F06" w14:paraId="29CFDE8D" w14:textId="77777777" w:rsidTr="00843E28">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="392" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="3ADCD928" w14:textId="77777777" w:rsidR="00C95CF7" w:rsidRPr="00BF4F06" w:rsidRDefault="00C95CF7" w:rsidP="00894B9F">
+          <w:p w14:paraId="30A5B139" w14:textId="77777777" w:rsidR="00C95CF7" w:rsidRPr="00BF4F06" w:rsidRDefault="00C95CF7" w:rsidP="00894B9F">
             <w:pPr>
               <w:pStyle w:val="FURSnaslov1"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="4583A295" w14:textId="77777777" w:rsidR="00C95CF7" w:rsidRPr="00BF4F06" w:rsidRDefault="00C95CF7" w:rsidP="00894B9F">
+          <w:p w14:paraId="5F8C9692" w14:textId="77777777" w:rsidR="00C95CF7" w:rsidRPr="00BF4F06" w:rsidRDefault="00C95CF7" w:rsidP="00894B9F">
             <w:pPr>
               <w:pStyle w:val="FURSnaslov1"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="6600F9CE" w14:textId="77777777" w:rsidR="00C95CF7" w:rsidRPr="00BF4F06" w:rsidRDefault="00C95CF7" w:rsidP="00894B9F">
+          <w:p w14:paraId="2F794817" w14:textId="77777777" w:rsidR="00C95CF7" w:rsidRPr="00BF4F06" w:rsidRDefault="00C95CF7" w:rsidP="00894B9F">
             <w:pPr>
               <w:pStyle w:val="FURSnaslov1"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="426" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="4E7C3F35" w14:textId="77777777" w:rsidR="00C95CF7" w:rsidRPr="00BF4F06" w:rsidRDefault="00C95CF7" w:rsidP="00894B9F">
+          <w:p w14:paraId="5ACF6728" w14:textId="77777777" w:rsidR="00C95CF7" w:rsidRPr="00BF4F06" w:rsidRDefault="00C95CF7" w:rsidP="00894B9F">
             <w:pPr>
               <w:pStyle w:val="FURSnaslov1"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="0F91B943" w14:textId="77777777" w:rsidR="00C95CF7" w:rsidRPr="00BF4F06" w:rsidRDefault="00C95CF7" w:rsidP="00894B9F">
+          <w:p w14:paraId="61B54A56" w14:textId="77777777" w:rsidR="00C95CF7" w:rsidRPr="00BF4F06" w:rsidRDefault="00C95CF7" w:rsidP="00894B9F">
             <w:pPr>
               <w:pStyle w:val="FURSnaslov1"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="647CED1E" w14:textId="77777777" w:rsidR="00C95CF7" w:rsidRPr="00BF4F06" w:rsidRDefault="00C95CF7" w:rsidP="00894B9F">
+          <w:p w14:paraId="02F1B929" w14:textId="77777777" w:rsidR="00C95CF7" w:rsidRPr="00BF4F06" w:rsidRDefault="00C95CF7" w:rsidP="00894B9F">
             <w:pPr>
               <w:pStyle w:val="FURSnaslov1"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="27A1976E" w14:textId="77777777" w:rsidR="00C95CF7" w:rsidRPr="00BF4F06" w:rsidRDefault="00C95CF7" w:rsidP="00894B9F">
+          <w:p w14:paraId="0E590D4C" w14:textId="77777777" w:rsidR="00C95CF7" w:rsidRPr="00BF4F06" w:rsidRDefault="00C95CF7" w:rsidP="00894B9F">
             <w:pPr>
               <w:pStyle w:val="FURSnaslov1"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="00BF4F06">
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="426" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="7D3B1047" w14:textId="77777777" w:rsidR="00C95CF7" w:rsidRPr="00BF4F06" w:rsidRDefault="00C95CF7" w:rsidP="00894B9F">
+          <w:p w14:paraId="095FE752" w14:textId="77777777" w:rsidR="00C95CF7" w:rsidRPr="00BF4F06" w:rsidRDefault="00C95CF7" w:rsidP="00894B9F">
             <w:pPr>
               <w:pStyle w:val="FURSnaslov1"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="00BF4F06">
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="5DEC7245" w14:textId="77777777" w:rsidR="00C95CF7" w:rsidRPr="00BF4F06" w:rsidRDefault="00C95CF7" w:rsidP="00894B9F">
+          <w:p w14:paraId="3F39DC94" w14:textId="77777777" w:rsidR="00C95CF7" w:rsidRPr="00BF4F06" w:rsidRDefault="00C95CF7" w:rsidP="00894B9F">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BF4F06">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Tarifna podštevilka KN </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C95CF7" w:rsidRPr="00BF4F06" w14:paraId="4169860F" w14:textId="77777777" w:rsidTr="00843E28">
+      <w:tr w:rsidR="00C95CF7" w:rsidRPr="00BF4F06" w14:paraId="592C1294" w14:textId="77777777" w:rsidTr="00843E28">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="392" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="440C5F9A" w14:textId="77777777" w:rsidR="00C95CF7" w:rsidRPr="00BF4F06" w:rsidRDefault="00C95CF7" w:rsidP="00894B9F">
+          <w:p w14:paraId="26999753" w14:textId="77777777" w:rsidR="00C95CF7" w:rsidRPr="00BF4F06" w:rsidRDefault="00C95CF7" w:rsidP="00894B9F">
             <w:pPr>
               <w:pStyle w:val="FURSnaslov1"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="00BF4F06">
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="29BC82EB" w14:textId="77777777" w:rsidR="00C95CF7" w:rsidRPr="00BF4F06" w:rsidRDefault="00C95CF7" w:rsidP="00894B9F">
+          <w:p w14:paraId="6D4F054B" w14:textId="77777777" w:rsidR="00C95CF7" w:rsidRPr="00BF4F06" w:rsidRDefault="00C95CF7" w:rsidP="00894B9F">
             <w:pPr>
               <w:pStyle w:val="FURSnaslov1"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="00BF4F06">
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="3FF74165" w14:textId="77777777" w:rsidR="00C95CF7" w:rsidRPr="00BF4F06" w:rsidRDefault="00C95CF7" w:rsidP="00894B9F">
+          <w:p w14:paraId="0B8B0CA7" w14:textId="77777777" w:rsidR="00C95CF7" w:rsidRPr="00BF4F06" w:rsidRDefault="00C95CF7" w:rsidP="00894B9F">
             <w:pPr>
               <w:pStyle w:val="FURSnaslov1"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="00BF4F06">
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="426" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="0B94993C" w14:textId="77777777" w:rsidR="00C95CF7" w:rsidRPr="00BF4F06" w:rsidRDefault="00C95CF7" w:rsidP="00894B9F">
+          <w:p w14:paraId="707126A0" w14:textId="77777777" w:rsidR="00C95CF7" w:rsidRPr="00BF4F06" w:rsidRDefault="00C95CF7" w:rsidP="00894B9F">
             <w:pPr>
               <w:pStyle w:val="FURSnaslov1"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="00BF4F06">
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="5EC74898" w14:textId="77777777" w:rsidR="00C95CF7" w:rsidRPr="00BF4F06" w:rsidRDefault="00C95CF7" w:rsidP="00894B9F">
+          <w:p w14:paraId="3FE3BEA9" w14:textId="77777777" w:rsidR="00C95CF7" w:rsidRPr="00BF4F06" w:rsidRDefault="00C95CF7" w:rsidP="00894B9F">
             <w:pPr>
               <w:pStyle w:val="FURSnaslov1"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="00BF4F06">
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="1E38D918" w14:textId="77777777" w:rsidR="00C95CF7" w:rsidRPr="00BF4F06" w:rsidRDefault="00C95CF7" w:rsidP="00894B9F">
+          <w:p w14:paraId="1F164106" w14:textId="77777777" w:rsidR="00C95CF7" w:rsidRPr="00BF4F06" w:rsidRDefault="00C95CF7" w:rsidP="00894B9F">
             <w:pPr>
               <w:pStyle w:val="FURSnaslov1"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="00BF4F06">
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="05ED3A73" w14:textId="77777777" w:rsidR="00C95CF7" w:rsidRPr="00BF4F06" w:rsidRDefault="00C95CF7" w:rsidP="00894B9F">
+          <w:p w14:paraId="33C93EAC" w14:textId="77777777" w:rsidR="00C95CF7" w:rsidRPr="00BF4F06" w:rsidRDefault="00C95CF7" w:rsidP="00894B9F">
             <w:pPr>
               <w:pStyle w:val="FURSnaslov1"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="00BF4F06">
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="426" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="78E80140" w14:textId="77777777" w:rsidR="00C95CF7" w:rsidRPr="00BF4F06" w:rsidRDefault="00C95CF7" w:rsidP="00894B9F">
+          <w:p w14:paraId="4A762EDD" w14:textId="77777777" w:rsidR="00C95CF7" w:rsidRPr="00BF4F06" w:rsidRDefault="00C95CF7" w:rsidP="00894B9F">
             <w:pPr>
               <w:pStyle w:val="FURSnaslov1"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="00BF4F06">
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="7784EC48" w14:textId="77777777" w:rsidR="00C95CF7" w:rsidRPr="00BF4F06" w:rsidRDefault="00C95CF7" w:rsidP="00894B9F">
+          <w:p w14:paraId="32F0C115" w14:textId="77777777" w:rsidR="00C95CF7" w:rsidRPr="00BF4F06" w:rsidRDefault="00C95CF7" w:rsidP="00894B9F">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BF4F06">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Tarifna oznaka KN </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="0848C9B1" w14:textId="77777777" w:rsidR="00370FCA" w:rsidRPr="00BF4F06" w:rsidRDefault="00370FCA" w:rsidP="00894B9F">
+    <w:p w14:paraId="0AD18A57" w14:textId="77777777" w:rsidR="00370FCA" w:rsidRPr="00BF4F06" w:rsidRDefault="00370FCA" w:rsidP="00894B9F">
       <w:pPr>
         <w:pStyle w:val="FURSnaslov1"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6B6E2F6A" w14:textId="77777777" w:rsidR="005E226F" w:rsidRDefault="005E226F" w:rsidP="00894B9F">
+    <w:p w14:paraId="23B4E587" w14:textId="77777777" w:rsidR="005E226F" w:rsidRDefault="005E226F" w:rsidP="00894B9F">
       <w:pPr>
         <w:pStyle w:val="FURSnaslov1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7D1DE479" w14:textId="77777777" w:rsidR="00C95CF7" w:rsidRPr="00BF4F06" w:rsidRDefault="00C95CF7" w:rsidP="00894B9F">
+    <w:p w14:paraId="6DD62F2D" w14:textId="77777777" w:rsidR="00C95CF7" w:rsidRPr="00BF4F06" w:rsidRDefault="00C95CF7" w:rsidP="00894B9F">
       <w:pPr>
         <w:pStyle w:val="FURSnaslov1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BF4F06">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Konvencionalna stopnja dajatve</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7ED2F69B" w14:textId="77777777" w:rsidR="00C95CF7" w:rsidRPr="00BF4F06" w:rsidRDefault="00C95CF7" w:rsidP="00894B9F">
+    <w:p w14:paraId="4CDCC7F5" w14:textId="77777777" w:rsidR="00C95CF7" w:rsidRPr="00BF4F06" w:rsidRDefault="00C95CF7" w:rsidP="00894B9F">
       <w:pPr>
         <w:pStyle w:val="FURSnaslov1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7E4B93DD" w14:textId="77777777" w:rsidR="00C95CF7" w:rsidRDefault="00C95CF7" w:rsidP="00894B9F">
+    <w:p w14:paraId="4CEFF086" w14:textId="77777777" w:rsidR="00C95CF7" w:rsidRDefault="00C95CF7" w:rsidP="00894B9F">
       <w:pPr>
         <w:pStyle w:val="FURSnaslov1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BF4F06">
         <w:rPr>
           <w:b w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Za uvoženo blago s poreklom iz držav, ki so pogodbenice Splošnega sporazuma o carinah in trgovini, ali s katerimi je EU sklenila sporazume, ki vsebujejo klavzulo o priznavanju največjih tarifnih ugodnosti, se uporabljajo konvencionalne dajatve iz 3. stolpca seznama dajatev. Če ni določeno drugače, se te konvencionalne dajatve uporabljajo tudi za blago, ki zgoraj ni navedeno, in je uvoženo iz katere koli tretje države.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3474735B" w14:textId="77777777" w:rsidR="00402EA4" w:rsidRDefault="00402EA4" w:rsidP="00894B9F">
+    <w:p w14:paraId="2BEB1B73" w14:textId="77777777" w:rsidR="00402EA4" w:rsidRDefault="00402EA4" w:rsidP="00894B9F">
       <w:pPr>
         <w:pStyle w:val="FURSnaslov1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="727A3D73" w14:textId="77777777" w:rsidR="00402EA4" w:rsidRPr="00402EA4" w:rsidRDefault="00402EA4" w:rsidP="00894B9F">
+    <w:p w14:paraId="7588CB4A" w14:textId="77777777" w:rsidR="00402EA4" w:rsidRPr="00402EA4" w:rsidRDefault="00402EA4" w:rsidP="00894B9F">
       <w:pPr>
         <w:pStyle w:val="FURSnaslov1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="56946B59" w14:textId="77777777" w:rsidR="008D1A10" w:rsidRDefault="008D1A10" w:rsidP="00894B9F">
+    <w:p w14:paraId="1BEBBEC9" w14:textId="77777777" w:rsidR="008D1A10" w:rsidRDefault="008D1A10" w:rsidP="00894B9F">
       <w:pPr>
         <w:pStyle w:val="FURSnaslov1"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="16E717DE" w14:textId="77777777" w:rsidR="008D1A10" w:rsidRDefault="008D1A10" w:rsidP="00894B9F">
+    <w:p w14:paraId="3E02E3E3" w14:textId="77777777" w:rsidR="008D1A10" w:rsidRDefault="008D1A10" w:rsidP="00894B9F">
       <w:pPr>
         <w:pStyle w:val="FURSnaslov1"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3A8B4DA8" w14:textId="77777777" w:rsidR="008D1A10" w:rsidRDefault="008D1A10" w:rsidP="00894B9F">
+    <w:p w14:paraId="0FED3E27" w14:textId="77777777" w:rsidR="008D1A10" w:rsidRDefault="008D1A10" w:rsidP="00894B9F">
       <w:pPr>
         <w:pStyle w:val="FURSnaslov1"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0D2EEDBE" w14:textId="77777777" w:rsidR="008D1A10" w:rsidRDefault="008D1A10" w:rsidP="00894B9F">
+    <w:p w14:paraId="1B762AF9" w14:textId="77777777" w:rsidR="008D1A10" w:rsidRDefault="008D1A10" w:rsidP="00894B9F">
       <w:pPr>
         <w:pStyle w:val="FURSnaslov1"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5C633EFB" w14:textId="77777777" w:rsidR="008D1A10" w:rsidRDefault="008D1A10" w:rsidP="00894B9F">
+    <w:p w14:paraId="1F5B4CE7" w14:textId="77777777" w:rsidR="008D1A10" w:rsidRDefault="008D1A10" w:rsidP="00894B9F">
       <w:pPr>
         <w:pStyle w:val="FURSnaslov1"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6673FC6C" w14:textId="77777777" w:rsidR="008D1A10" w:rsidRDefault="008D1A10" w:rsidP="00894B9F">
+    <w:p w14:paraId="0CA20779" w14:textId="77777777" w:rsidR="008D1A10" w:rsidRDefault="008D1A10" w:rsidP="00894B9F">
       <w:pPr>
         <w:pStyle w:val="FURSnaslov1"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0AA7A1E4" w14:textId="77777777" w:rsidR="008D1A10" w:rsidRDefault="008D1A10" w:rsidP="00894B9F">
+    <w:p w14:paraId="3F05605C" w14:textId="77777777" w:rsidR="008D1A10" w:rsidRDefault="008D1A10" w:rsidP="00894B9F">
       <w:pPr>
         <w:pStyle w:val="FURSnaslov1"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5BFA5575" w14:textId="77777777" w:rsidR="008D1A10" w:rsidRDefault="008D1A10" w:rsidP="00894B9F">
+    <w:p w14:paraId="4C4E7420" w14:textId="77777777" w:rsidR="008D1A10" w:rsidRDefault="008D1A10" w:rsidP="00894B9F">
       <w:pPr>
         <w:pStyle w:val="FURSnaslov1"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2DAD5B19" w14:textId="77777777" w:rsidR="008D1A10" w:rsidRDefault="008D1A10" w:rsidP="00894B9F">
+    <w:p w14:paraId="78C9CD22" w14:textId="77777777" w:rsidR="008D1A10" w:rsidRDefault="008D1A10" w:rsidP="00894B9F">
       <w:pPr>
         <w:pStyle w:val="FURSnaslov1"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6E8C8FA4" w14:textId="77777777" w:rsidR="008D1A10" w:rsidRDefault="008D1A10" w:rsidP="00894B9F">
+    <w:p w14:paraId="70CF8590" w14:textId="77777777" w:rsidR="008D1A10" w:rsidRDefault="008D1A10" w:rsidP="00894B9F">
       <w:pPr>
         <w:pStyle w:val="FURSnaslov1"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="216F844F" w14:textId="77777777" w:rsidR="008D1A10" w:rsidRDefault="008D1A10" w:rsidP="00894B9F">
+    <w:p w14:paraId="6443DB06" w14:textId="77777777" w:rsidR="008D1A10" w:rsidRDefault="008D1A10" w:rsidP="00894B9F">
       <w:pPr>
         <w:pStyle w:val="FURSnaslov1"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4E339CBF" w14:textId="77777777" w:rsidR="008D1A10" w:rsidRDefault="008D1A10" w:rsidP="00894B9F">
+    <w:p w14:paraId="1A365CCF" w14:textId="77777777" w:rsidR="008D1A10" w:rsidRDefault="008D1A10" w:rsidP="00894B9F">
       <w:pPr>
         <w:pStyle w:val="FURSnaslov1"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2D112142" w14:textId="77777777" w:rsidR="00402EA4" w:rsidRPr="00402EA4" w:rsidRDefault="005E226F" w:rsidP="00894B9F">
+    <w:p w14:paraId="32932CB2" w14:textId="77777777" w:rsidR="00402EA4" w:rsidRPr="00402EA4" w:rsidRDefault="005E226F" w:rsidP="00894B9F">
       <w:pPr>
         <w:pStyle w:val="FURSnaslov1"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>3.0 VPRAŠANJA IN ODGOVORI</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="05359A9A" w14:textId="77777777" w:rsidR="00402EA4" w:rsidRDefault="00402EA4" w:rsidP="00894B9F">
+    <w:p w14:paraId="532664AE" w14:textId="77777777" w:rsidR="00402EA4" w:rsidRDefault="00402EA4" w:rsidP="00894B9F">
       <w:pPr>
         <w:pStyle w:val="FURSnaslov1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7478AD34" w14:textId="77777777" w:rsidR="00402EA4" w:rsidRPr="00402EA4" w:rsidRDefault="00402EA4" w:rsidP="00402EA4">
+    <w:p w14:paraId="02F15403" w14:textId="77777777" w:rsidR="00402EA4" w:rsidRPr="00402EA4" w:rsidRDefault="00402EA4" w:rsidP="00402EA4">
       <w:pPr>
         <w:pStyle w:val="FURSnaslov1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Toc460480880"/>
       <w:r w:rsidRPr="00402EA4">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Vprašanje </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidRPr="00402EA4">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>: Kaj moramo upoštevati pri uvrščanju blaga v kombinirano nomenklaturo EU?</w:t>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:p w14:paraId="5499AAFC" w14:textId="77777777" w:rsidR="00402EA4" w:rsidRPr="00402EA4" w:rsidRDefault="00402EA4" w:rsidP="00402EA4">
+    <w:p w14:paraId="7F30A0AC" w14:textId="77777777" w:rsidR="00402EA4" w:rsidRPr="00402EA4" w:rsidRDefault="00402EA4" w:rsidP="00402EA4">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="26417292" w14:textId="77777777" w:rsidR="00402EA4" w:rsidRPr="00402EA4" w:rsidRDefault="00402EA4" w:rsidP="00402EA4">
+    <w:p w14:paraId="0790DF6D" w14:textId="77777777" w:rsidR="00402EA4" w:rsidRPr="00402EA4" w:rsidRDefault="00402EA4" w:rsidP="00402EA4">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00402EA4">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
         <w:t>Odgovor</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="37D50988" w14:textId="77777777" w:rsidR="00402EA4" w:rsidRPr="00402EA4" w:rsidRDefault="00402EA4" w:rsidP="00402EA4">
+    <w:p w14:paraId="5BD8033B" w14:textId="77777777" w:rsidR="00402EA4" w:rsidRPr="00402EA4" w:rsidRDefault="00402EA4" w:rsidP="00402EA4">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="20"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00402EA4">
         <w:rPr>
           <w:szCs w:val="20"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
         <w:t>Pri uvrščanju blaga v kombinirano nomenklaturo EU moramo upoštevati tehnične podatke o blagu, podatke o materialni sestavi in namenu uporabe blaga. Nadalje je treba upoštevati splošna pravila in posebne določbe, opombe k oddelkom in posameznim poglavjem, ki so navedene v kombinirani nomenklaturi. V pomoč pri uvrščanju služijo pojasnjevalne opombe harmoniziranega sistema in pojasnjevalne opombe kombinirane nomenklature. Pregledati je potrebno veljavne uredbe o uvrstitvi določenega blaga, ki jih izdaja Komisija EU, veljavne zavezujoče tarifne informacije</w:t>
       </w:r>
       <w:r w:rsidR="008D1A10">
         <w:rPr>
           <w:szCs w:val="20"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00402EA4">
         <w:rPr>
           <w:szCs w:val="20"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
         <w:t xml:space="preserve"> sodbe Sodišča Evropske unije</w:t>
       </w:r>
       <w:r w:rsidR="008D1A10">
         <w:rPr>
           <w:szCs w:val="20"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
         <w:t>, mnenja SCO itd.</w:t>
       </w:r>
       <w:r w:rsidRPr="00402EA4">
         <w:rPr>
           <w:szCs w:val="20"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="02DB6C9E" w14:textId="77777777" w:rsidR="008D1A10" w:rsidRDefault="008D1A10" w:rsidP="00402EA4">
+    <w:p w14:paraId="0900D5D7" w14:textId="77777777" w:rsidR="008D1A10" w:rsidRDefault="008D1A10" w:rsidP="00402EA4">
       <w:pPr>
         <w:pStyle w:val="FURSnaslov1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="1" w:name="_Toc460480881"/>
     </w:p>
-    <w:p w14:paraId="36E2A471" w14:textId="77777777" w:rsidR="008D1A10" w:rsidRDefault="008D1A10" w:rsidP="00402EA4">
+    <w:p w14:paraId="00183FB3" w14:textId="77777777" w:rsidR="008D1A10" w:rsidRDefault="008D1A10" w:rsidP="00402EA4">
       <w:pPr>
         <w:pStyle w:val="FURSnaslov1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2FCB61FD" w14:textId="77777777" w:rsidR="00402EA4" w:rsidRPr="00402EA4" w:rsidRDefault="00402EA4" w:rsidP="00402EA4">
+    <w:p w14:paraId="3D50580C" w14:textId="77777777" w:rsidR="00402EA4" w:rsidRPr="00402EA4" w:rsidRDefault="00402EA4" w:rsidP="00402EA4">
       <w:pPr>
         <w:pStyle w:val="FURSnaslov1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00402EA4">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Vprašanje </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidRPr="00402EA4">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">: Kje je objavljena kombinirana nomenklatura EU? </w:t>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
     </w:p>
-    <w:p w14:paraId="287AF6B6" w14:textId="77777777" w:rsidR="00402EA4" w:rsidRPr="00402EA4" w:rsidRDefault="00402EA4" w:rsidP="00402EA4">
+    <w:p w14:paraId="4E4E89AB" w14:textId="77777777" w:rsidR="00402EA4" w:rsidRPr="00402EA4" w:rsidRDefault="00402EA4" w:rsidP="00402EA4">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="105768C1" w14:textId="77777777" w:rsidR="00402EA4" w:rsidRPr="00402EA4" w:rsidRDefault="00402EA4" w:rsidP="00402EA4">
+    <w:p w14:paraId="36044D46" w14:textId="77777777" w:rsidR="00402EA4" w:rsidRPr="00402EA4" w:rsidRDefault="00402EA4" w:rsidP="00402EA4">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00402EA4">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
         <w:t>Odgovor</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="045A7647" w14:textId="77777777" w:rsidR="00402EA4" w:rsidRPr="007C68D1" w:rsidRDefault="00402EA4" w:rsidP="00402EA4">
+    <w:p w14:paraId="5E153C56" w14:textId="77777777" w:rsidR="00402EA4" w:rsidRPr="007C68D1" w:rsidRDefault="00402EA4" w:rsidP="00402EA4">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="Hiperpovezava"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00402EA4">
         <w:rPr>
           <w:szCs w:val="20"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
         <w:t xml:space="preserve">Kombinirana nomenklatura EU se spreminja vsako leto in je objavljena v Uradnem listu Evropske unije najpozneje do 31. oktobra, uporabljati pa se začne 1. januarja naslednjega leta. Nomenklatura je dosegljiva v elektronski obliki na spletni strani </w:t>
       </w:r>
-      <w:hyperlink r:id="rId16" w:history="1">
+      <w:hyperlink r:id="rId17" w:history="1">
         <w:r w:rsidRPr="003144A6">
           <w:rPr>
             <w:rStyle w:val="Hiperpovezava"/>
             <w:szCs w:val="20"/>
             <w:lang w:val="sl-SI"/>
           </w:rPr>
           <w:t>E</w:t>
         </w:r>
         <w:r w:rsidRPr="003144A6">
           <w:rPr>
             <w:rStyle w:val="Hiperpovezava"/>
             <w:szCs w:val="20"/>
             <w:lang w:val="sl-SI"/>
           </w:rPr>
           <w:t>U</w:t>
         </w:r>
         <w:r w:rsidRPr="003144A6">
           <w:rPr>
             <w:rStyle w:val="Hiperpovezava"/>
             <w:szCs w:val="20"/>
             <w:lang w:val="sl-SI"/>
           </w:rPr>
           <w:t>R</w:t>
         </w:r>
         <w:r w:rsidRPr="003144A6">
@@ -6121,115 +6084,115 @@
       <w:r w:rsidRPr="007C68D1">
         <w:rPr>
           <w:rStyle w:val="Hiperpovezava"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
         <w:t>uprave Re</w:t>
       </w:r>
       <w:r w:rsidRPr="007C68D1">
         <w:rPr>
           <w:rStyle w:val="Hiperpovezava"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidRPr="007C68D1">
         <w:rPr>
           <w:rStyle w:val="Hiperpovezava"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
         <w:t>ublike Slovenije.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1D78442F" w14:textId="77777777" w:rsidR="00402EA4" w:rsidRPr="00402EA4" w:rsidRDefault="007C68D1" w:rsidP="00402EA4">
+    <w:p w14:paraId="6FB89B23" w14:textId="77777777" w:rsidR="00402EA4" w:rsidRPr="00402EA4" w:rsidRDefault="007C68D1" w:rsidP="00402EA4">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="20"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:szCs w:val="20"/>
           <w:lang w:val="sl-SI"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="29DC7001" w14:textId="77777777" w:rsidR="00402EA4" w:rsidRPr="007C68D1" w:rsidRDefault="00402EA4" w:rsidP="00894B9F">
+    <w:p w14:paraId="18247D23" w14:textId="77777777" w:rsidR="00402EA4" w:rsidRPr="007C68D1" w:rsidRDefault="00402EA4" w:rsidP="00894B9F">
       <w:pPr>
         <w:pStyle w:val="FURSnaslov1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00402EA4" w:rsidRPr="007C68D1" w:rsidSect="00783310">
-      <w:headerReference w:type="default" r:id="rId17"/>
-[...2 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId20"/>
+      <w:headerReference w:type="default" r:id="rId18"/>
+      <w:footerReference w:type="default" r:id="rId19"/>
+      <w:headerReference w:type="first" r:id="rId20"/>
+      <w:footerReference w:type="first" r:id="rId21"/>
       <w:pgSz w:w="11900" w:h="16840" w:code="9"/>
       <w:pgMar w:top="1701" w:right="1701" w:bottom="1134" w:left="1701" w:header="964" w:footer="794" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="05C6DB97" w14:textId="77777777" w:rsidR="00DA3E9F" w:rsidRDefault="00DA3E9F">
+    <w:p w14:paraId="60918E52" w14:textId="77777777" w:rsidR="005352BF" w:rsidRDefault="005352BF">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="74D8D2CC" w14:textId="77777777" w:rsidR="00DA3E9F" w:rsidRDefault="00DA3E9F">
+    <w:p w14:paraId="6C4E9C5A" w14:textId="77777777" w:rsidR="005352BF" w:rsidRDefault="005352BF">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="EE"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="EE"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
@@ -6237,507 +6200,512 @@
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Republika">
     <w:panose1 w:val="02000506040000020004"/>
     <w:charset w:val="EE"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00000FF" w:usb1="4000205B" w:usb2="00000000" w:usb3="00000000" w:csb0="00000093" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Republika Bold">
     <w:altName w:val="Courier New"/>
     <w:panose1 w:val="02000806030000020004"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="03000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri Light">
-[...1 lines deleted...]
-    <w:charset w:val="EE"/>
+  <w:font w:name="Aptos Display">
+    <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="63C6BF00" w14:textId="77777777" w:rsidR="00A86AA7" w:rsidRDefault="00A86AA7" w:rsidP="009F30FB">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="7AB7D584" w14:textId="77777777" w:rsidR="00A86AA7" w:rsidRDefault="00A86AA7" w:rsidP="009F30FB">
     <w:pPr>
       <w:pStyle w:val="Noga"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="005C454B" w:rsidRPr="005C454B">
       <w:rPr>
         <w:noProof/>
         <w:lang w:val="sl-SI"/>
       </w:rPr>
       <w:t>6</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="7D86D3F7" w14:textId="77777777" w:rsidR="00A86AA7" w:rsidRDefault="00A86AA7" w:rsidP="00751D38">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="590ACFC4" w14:textId="77777777" w:rsidR="00A86AA7" w:rsidRDefault="00A86AA7" w:rsidP="00751D38">
     <w:pPr>
       <w:pStyle w:val="Noga"/>
       <w:jc w:val="right"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="10D0EDC8" w14:textId="77777777" w:rsidR="00DA3E9F" w:rsidRDefault="00DA3E9F">
+    <w:p w14:paraId="3DBCD442" w14:textId="77777777" w:rsidR="005352BF" w:rsidRDefault="005352BF">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="173CC295" w14:textId="77777777" w:rsidR="00DA3E9F" w:rsidRDefault="00DA3E9F">
+    <w:p w14:paraId="613D5558" w14:textId="77777777" w:rsidR="005352BF" w:rsidRDefault="005352BF">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="0450FAEF" w14:textId="77777777" w:rsidR="00A86AA7" w:rsidRPr="00110CBD" w:rsidRDefault="00A86AA7" w:rsidP="007D75CF">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="146E6AB3" w14:textId="77777777" w:rsidR="00A86AA7" w:rsidRPr="00110CBD" w:rsidRDefault="00A86AA7" w:rsidP="007D75CF">
     <w:pPr>
       <w:pStyle w:val="Glava"/>
       <w:spacing w:line="240" w:lineRule="exact"/>
       <w:rPr>
         <w:rFonts w:ascii="Republika" w:hAnsi="Republika"/>
         <w:sz w:val="16"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblpPr w:leftFromText="142" w:rightFromText="142" w:bottomFromText="6005" w:vertAnchor="page" w:horzAnchor="page" w:tblpX="925" w:tblpY="869"/>
       <w:tblW w:w="0" w:type="auto"/>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="649"/>
     </w:tblGrid>
-    <w:tr w:rsidR="00A86AA7" w:rsidRPr="008F3500" w14:paraId="04E06B34" w14:textId="77777777">
+    <w:tr w:rsidR="00A86AA7" w:rsidRPr="008F3500" w14:paraId="1A161AC7" w14:textId="77777777">
       <w:trPr>
         <w:cantSplit/>
         <w:trHeight w:hRule="exact" w:val="847"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="567" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="6F0D9CDF" w14:textId="77777777" w:rsidR="00A86AA7" w:rsidRDefault="00A86AA7" w:rsidP="00D248DE">
+        <w:p w14:paraId="500C433F" w14:textId="77777777" w:rsidR="00A86AA7" w:rsidRDefault="00A86AA7" w:rsidP="00D248DE">
           <w:pPr>
             <w:autoSpaceDE w:val="0"/>
             <w:autoSpaceDN w:val="0"/>
             <w:adjustRightInd w:val="0"/>
             <w:spacing w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Republika" w:hAnsi="Republika"/>
               <w:color w:val="529DBA"/>
               <w:sz w:val="60"/>
               <w:szCs w:val="60"/>
               <w:lang w:val="sl-SI"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="008F3500">
             <w:rPr>
               <w:rFonts w:ascii="Republika" w:hAnsi="Republika" w:cs="Republika"/>
               <w:color w:val="529DBA"/>
               <w:sz w:val="60"/>
               <w:szCs w:val="60"/>
               <w:lang w:val="sl-SI" w:eastAsia="sl-SI"/>
             </w:rPr>
             <w:t></w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="78480C92" w14:textId="77777777" w:rsidR="00A86AA7" w:rsidRPr="006D42D9" w:rsidRDefault="00A86AA7" w:rsidP="006D42D9">
+        <w:p w14:paraId="017C990A" w14:textId="77777777" w:rsidR="00A86AA7" w:rsidRPr="006D42D9" w:rsidRDefault="00A86AA7" w:rsidP="006D42D9">
           <w:pPr>
             <w:rPr>
               <w:rFonts w:ascii="Republika" w:hAnsi="Republika"/>
               <w:sz w:val="60"/>
               <w:szCs w:val="60"/>
               <w:lang w:val="sl-SI"/>
             </w:rPr>
           </w:pPr>
         </w:p>
-        <w:p w14:paraId="7F173D17" w14:textId="77777777" w:rsidR="00A86AA7" w:rsidRPr="006D42D9" w:rsidRDefault="00A86AA7" w:rsidP="006D42D9">
+        <w:p w14:paraId="2407BD3F" w14:textId="77777777" w:rsidR="00A86AA7" w:rsidRPr="006D42D9" w:rsidRDefault="00A86AA7" w:rsidP="006D42D9">
           <w:pPr>
             <w:rPr>
               <w:rFonts w:ascii="Republika" w:hAnsi="Republika"/>
               <w:sz w:val="60"/>
               <w:szCs w:val="60"/>
               <w:lang w:val="sl-SI"/>
             </w:rPr>
           </w:pPr>
         </w:p>
-        <w:p w14:paraId="398F8588" w14:textId="77777777" w:rsidR="00A86AA7" w:rsidRPr="006D42D9" w:rsidRDefault="00A86AA7" w:rsidP="006D42D9">
+        <w:p w14:paraId="57F3DE99" w14:textId="77777777" w:rsidR="00A86AA7" w:rsidRPr="006D42D9" w:rsidRDefault="00A86AA7" w:rsidP="006D42D9">
           <w:pPr>
             <w:rPr>
               <w:rFonts w:ascii="Republika" w:hAnsi="Republika"/>
               <w:sz w:val="60"/>
               <w:szCs w:val="60"/>
               <w:lang w:val="sl-SI"/>
             </w:rPr>
           </w:pPr>
         </w:p>
-        <w:p w14:paraId="520274B8" w14:textId="77777777" w:rsidR="00A86AA7" w:rsidRPr="006D42D9" w:rsidRDefault="00A86AA7" w:rsidP="006D42D9">
+        <w:p w14:paraId="41AF6837" w14:textId="77777777" w:rsidR="00A86AA7" w:rsidRPr="006D42D9" w:rsidRDefault="00A86AA7" w:rsidP="006D42D9">
           <w:pPr>
             <w:rPr>
               <w:rFonts w:ascii="Republika" w:hAnsi="Republika"/>
               <w:sz w:val="60"/>
               <w:szCs w:val="60"/>
               <w:lang w:val="sl-SI"/>
             </w:rPr>
           </w:pPr>
         </w:p>
-        <w:p w14:paraId="4344872B" w14:textId="77777777" w:rsidR="00A86AA7" w:rsidRPr="006D42D9" w:rsidRDefault="00A86AA7" w:rsidP="006D42D9">
+        <w:p w14:paraId="013DD2DC" w14:textId="77777777" w:rsidR="00A86AA7" w:rsidRPr="006D42D9" w:rsidRDefault="00A86AA7" w:rsidP="006D42D9">
           <w:pPr>
             <w:rPr>
               <w:rFonts w:ascii="Republika" w:hAnsi="Republika"/>
               <w:sz w:val="60"/>
               <w:szCs w:val="60"/>
               <w:lang w:val="sl-SI"/>
             </w:rPr>
           </w:pPr>
         </w:p>
-        <w:p w14:paraId="37024BAC" w14:textId="77777777" w:rsidR="00A86AA7" w:rsidRPr="006D42D9" w:rsidRDefault="00A86AA7" w:rsidP="006D42D9">
+        <w:p w14:paraId="3BCF0356" w14:textId="77777777" w:rsidR="00A86AA7" w:rsidRPr="006D42D9" w:rsidRDefault="00A86AA7" w:rsidP="006D42D9">
           <w:pPr>
             <w:rPr>
               <w:rFonts w:ascii="Republika" w:hAnsi="Republika"/>
               <w:sz w:val="60"/>
               <w:szCs w:val="60"/>
               <w:lang w:val="sl-SI"/>
             </w:rPr>
           </w:pPr>
         </w:p>
-        <w:p w14:paraId="6E1DD129" w14:textId="77777777" w:rsidR="00A86AA7" w:rsidRPr="006D42D9" w:rsidRDefault="00A86AA7" w:rsidP="006D42D9">
+        <w:p w14:paraId="0FBFC3AD" w14:textId="77777777" w:rsidR="00A86AA7" w:rsidRPr="006D42D9" w:rsidRDefault="00A86AA7" w:rsidP="006D42D9">
           <w:pPr>
             <w:rPr>
               <w:rFonts w:ascii="Republika" w:hAnsi="Republika"/>
               <w:sz w:val="60"/>
               <w:szCs w:val="60"/>
               <w:lang w:val="sl-SI"/>
             </w:rPr>
           </w:pPr>
         </w:p>
-        <w:p w14:paraId="08EDFD45" w14:textId="77777777" w:rsidR="00A86AA7" w:rsidRPr="006D42D9" w:rsidRDefault="00A86AA7" w:rsidP="006D42D9">
+        <w:p w14:paraId="4AC28316" w14:textId="77777777" w:rsidR="00A86AA7" w:rsidRPr="006D42D9" w:rsidRDefault="00A86AA7" w:rsidP="006D42D9">
           <w:pPr>
             <w:rPr>
               <w:rFonts w:ascii="Republika" w:hAnsi="Republika"/>
               <w:sz w:val="60"/>
               <w:szCs w:val="60"/>
               <w:lang w:val="sl-SI"/>
             </w:rPr>
           </w:pPr>
         </w:p>
-        <w:p w14:paraId="2D19FEC8" w14:textId="77777777" w:rsidR="00A86AA7" w:rsidRPr="006D42D9" w:rsidRDefault="00A86AA7" w:rsidP="006D42D9">
+        <w:p w14:paraId="232BC886" w14:textId="77777777" w:rsidR="00A86AA7" w:rsidRPr="006D42D9" w:rsidRDefault="00A86AA7" w:rsidP="006D42D9">
           <w:pPr>
             <w:rPr>
               <w:rFonts w:ascii="Republika" w:hAnsi="Republika"/>
               <w:sz w:val="60"/>
               <w:szCs w:val="60"/>
               <w:lang w:val="sl-SI"/>
             </w:rPr>
           </w:pPr>
         </w:p>
-        <w:p w14:paraId="595019C5" w14:textId="77777777" w:rsidR="00A86AA7" w:rsidRPr="006D42D9" w:rsidRDefault="00A86AA7" w:rsidP="006D42D9">
+        <w:p w14:paraId="61B874E0" w14:textId="77777777" w:rsidR="00A86AA7" w:rsidRPr="006D42D9" w:rsidRDefault="00A86AA7" w:rsidP="006D42D9">
           <w:pPr>
             <w:rPr>
               <w:rFonts w:ascii="Republika" w:hAnsi="Republika"/>
               <w:sz w:val="60"/>
               <w:szCs w:val="60"/>
               <w:lang w:val="sl-SI"/>
             </w:rPr>
           </w:pPr>
         </w:p>
-        <w:p w14:paraId="70F96F9B" w14:textId="77777777" w:rsidR="00A86AA7" w:rsidRPr="006D42D9" w:rsidRDefault="00A86AA7" w:rsidP="006D42D9">
+        <w:p w14:paraId="7C68980D" w14:textId="77777777" w:rsidR="00A86AA7" w:rsidRPr="006D42D9" w:rsidRDefault="00A86AA7" w:rsidP="006D42D9">
           <w:pPr>
             <w:rPr>
               <w:rFonts w:ascii="Republika" w:hAnsi="Republika"/>
               <w:sz w:val="60"/>
               <w:szCs w:val="60"/>
               <w:lang w:val="sl-SI"/>
             </w:rPr>
           </w:pPr>
         </w:p>
-        <w:p w14:paraId="2C3B93BB" w14:textId="77777777" w:rsidR="00A86AA7" w:rsidRPr="006D42D9" w:rsidRDefault="00A86AA7" w:rsidP="006D42D9">
+        <w:p w14:paraId="539E3364" w14:textId="77777777" w:rsidR="00A86AA7" w:rsidRPr="006D42D9" w:rsidRDefault="00A86AA7" w:rsidP="006D42D9">
           <w:pPr>
             <w:rPr>
               <w:rFonts w:ascii="Republika" w:hAnsi="Republika"/>
               <w:sz w:val="60"/>
               <w:szCs w:val="60"/>
               <w:lang w:val="sl-SI"/>
             </w:rPr>
           </w:pPr>
         </w:p>
-        <w:p w14:paraId="049F41AE" w14:textId="77777777" w:rsidR="00A86AA7" w:rsidRPr="006D42D9" w:rsidRDefault="00A86AA7" w:rsidP="006D42D9">
+        <w:p w14:paraId="77266927" w14:textId="77777777" w:rsidR="00A86AA7" w:rsidRPr="006D42D9" w:rsidRDefault="00A86AA7" w:rsidP="006D42D9">
           <w:pPr>
             <w:rPr>
               <w:rFonts w:ascii="Republika" w:hAnsi="Republika"/>
               <w:sz w:val="60"/>
               <w:szCs w:val="60"/>
               <w:lang w:val="sl-SI"/>
             </w:rPr>
           </w:pPr>
         </w:p>
-        <w:p w14:paraId="6CA77465" w14:textId="77777777" w:rsidR="00A86AA7" w:rsidRPr="006D42D9" w:rsidRDefault="00A86AA7" w:rsidP="006D42D9">
+        <w:p w14:paraId="179CF79B" w14:textId="77777777" w:rsidR="00A86AA7" w:rsidRPr="006D42D9" w:rsidRDefault="00A86AA7" w:rsidP="006D42D9">
           <w:pPr>
             <w:rPr>
               <w:rFonts w:ascii="Republika" w:hAnsi="Republika"/>
               <w:sz w:val="60"/>
               <w:szCs w:val="60"/>
               <w:lang w:val="sl-SI"/>
             </w:rPr>
           </w:pPr>
         </w:p>
-        <w:p w14:paraId="6F292BC4" w14:textId="77777777" w:rsidR="00A86AA7" w:rsidRPr="006D42D9" w:rsidRDefault="00A86AA7" w:rsidP="006D42D9">
+        <w:p w14:paraId="7BD3A14A" w14:textId="77777777" w:rsidR="00A86AA7" w:rsidRPr="006D42D9" w:rsidRDefault="00A86AA7" w:rsidP="006D42D9">
           <w:pPr>
             <w:rPr>
               <w:rFonts w:ascii="Republika" w:hAnsi="Republika"/>
               <w:sz w:val="60"/>
               <w:szCs w:val="60"/>
               <w:lang w:val="sl-SI"/>
             </w:rPr>
           </w:pPr>
         </w:p>
-        <w:p w14:paraId="1980FFC2" w14:textId="77777777" w:rsidR="00A86AA7" w:rsidRPr="006D42D9" w:rsidRDefault="00A86AA7" w:rsidP="006D42D9">
+        <w:p w14:paraId="00DF85A1" w14:textId="77777777" w:rsidR="00A86AA7" w:rsidRPr="006D42D9" w:rsidRDefault="00A86AA7" w:rsidP="006D42D9">
           <w:pPr>
             <w:rPr>
               <w:rFonts w:ascii="Republika" w:hAnsi="Republika"/>
               <w:sz w:val="60"/>
               <w:szCs w:val="60"/>
               <w:lang w:val="sl-SI"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
-  <w:p w14:paraId="307D666F" w14:textId="157CEEBA" w:rsidR="00A86AA7" w:rsidRPr="008F3500" w:rsidRDefault="00211A46" w:rsidP="00924E3C">
+  <w:p w14:paraId="5D0DFAFE" w14:textId="5775DAFE" w:rsidR="00A86AA7" w:rsidRPr="008F3500" w:rsidRDefault="0091688E" w:rsidP="00924E3C">
     <w:pPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:line="240" w:lineRule="auto"/>
       <w:rPr>
         <w:rFonts w:ascii="Republika" w:hAnsi="Republika"/>
         <w:lang w:val="sl-SI"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="008F3500">
       <w:rPr>
         <w:noProof/>
         <w:szCs w:val="20"/>
         <w:lang w:val="sl-SI" w:eastAsia="sl-SI"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657728" behindDoc="1" locked="0" layoutInCell="0" allowOverlap="1" wp14:anchorId="062D5E3D" wp14:editId="3DEF0418">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657728" behindDoc="1" locked="0" layoutInCell="0" allowOverlap="1" wp14:anchorId="18DFCC12" wp14:editId="775A1F76">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>-431800</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>3600450</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="252095" cy="0"/>
               <wp:effectExtent l="6350" t="9525" r="8255" b="9525"/>
               <wp:wrapNone/>
-              <wp:docPr id="15468154" name="Line 5"/>
+              <wp:docPr id="1916129605" name="Line 5"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvCnPr>
                       <a:cxnSpLocks noChangeShapeType="1"/>
                     </wps:cNvCnPr>
                     <wps:spPr bwMode="auto">
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="252095" cy="0"/>
                       </a:xfrm>
                       <a:prstGeom prst="line">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln w="6350">
                         <a:solidFill>
                           <a:srgbClr val="428299"/>
                         </a:solidFill>
                         <a:round/>
                         <a:headEnd/>
                         <a:tailEnd/>
                       </a:ln>
                       <a:extLst>
                         <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                           <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                             <a:noFill/>
                           </a14:hiddenFill>
                         </a:ext>
                       </a:extLst>
                     </wps:spPr>
                     <wps:bodyPr/>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:line w14:anchorId="5D62F459" id="Line 5" o:spid="_x0000_s1026" style="position:absolute;z-index:-251658752;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="-34pt,283.5pt" to="-14.15pt,283.5pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAMQ2g5sgEAAEcDAAAOAAAAZHJzL2Uyb0RvYy54bWysUsFu2zAMvQ/oPwi6L3a8pWiMOD2k7S5d&#10;F6DdBzCSbAuVRUFUYufvK6lJVmy3oRdCEsmn9x65up0Gww7Kk0bb8Pms5ExZgVLbruG/Xx6+3nBG&#10;AawEg1Y1/KiI366vvqxGV6sKezRSeRZBLNWja3gfgquLgkSvBqAZOmVjskU/QIhX3xXSwxjRB1NU&#10;ZXldjOil8ygUUXy9e0/ydcZvWyXCr7YlFZhpeOQWcvQ57lIs1iuoOw+u1+JEA/6DxQDaxk8vUHcQ&#10;gO29/gdq0MIjYRtmAocC21YLlTVENfPyLzXPPTiVtURzyF1sos+DFU+Hjd36RF1M9tk9onglZnHT&#10;g+1UJvBydHFw82RVMTqqLy3pQm7r2W78iTLWwD5gdmFq/ZAgoz42ZbOPF7PVFJiIj9WiKpcLzsQ5&#10;VUB97nOewg+FA0uHhhttkw1Qw+GRQuIB9bkkPVt80MbkURrLxoZff1uUuYHQaJmSqYx8t9sYzw4Q&#10;l+F7dVMtl1lUzHws87i3MoP1CuT96RxAm/dz/NzYkxdJfto1qncoj1t/9ihOK7M8bVZah4/33P1n&#10;/9dvAAAA//8DAFBLAwQUAAYACAAAACEAO6Mk+eAAAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyP&#10;QU/DMAyF70j8h8hIXFCXMqB0XdMJgcaBA9PGdk8br61onKrJuvLvMRIS3Gy/p+fv5avJdmLEwbeO&#10;FNzOYhBIlTMt1Qr2H+soBeGDJqM7R6jgCz2sisuLXGfGnWmL4y7UgkPIZ1pBE0KfSemrBq32M9cj&#10;sXZ0g9WB16GWZtBnDrednMdxIq1uiT80usfnBqvP3ckqeNkuFof12L+mpbl3b/v3zY3cHJW6vpqe&#10;liACTuHPDD/4jA4FM5XuRMaLTkGUpNwlKHhIHnlgRzRP70CUvxdZ5PJ/h+IbAAD//wMAUEsBAi0A&#10;FAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54&#10;bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJl&#10;bHNQSwECLQAUAAYACAAAACEADENoObIBAABHAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0Rv&#10;Yy54bWxQSwECLQAUAAYACAAAACEAO6Mk+eAAAAALAQAADwAAAAAAAAAAAAAAAAAMBAAAZHJzL2Rv&#10;d25yZXYueG1sUEsFBgAAAAAEAAQA8wAAABkFAAAAAA==&#10;" o:allowincell="f" strokecolor="#428299" strokeweight=".5pt">
+            <v:line w14:anchorId="22CB661B" id="Line 5" o:spid="_x0000_s1026" style="position:absolute;z-index:-251658752;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="-34pt,283.5pt" to="-14.15pt,283.5pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAMQ2g5sgEAAEcDAAAOAAAAZHJzL2Uyb0RvYy54bWysUsFu2zAMvQ/oPwi6L3a8pWiMOD2k7S5d&#10;F6DdBzCSbAuVRUFUYufvK6lJVmy3oRdCEsmn9x65up0Gww7Kk0bb8Pms5ExZgVLbruG/Xx6+3nBG&#10;AawEg1Y1/KiI366vvqxGV6sKezRSeRZBLNWja3gfgquLgkSvBqAZOmVjskU/QIhX3xXSwxjRB1NU&#10;ZXldjOil8ygUUXy9e0/ydcZvWyXCr7YlFZhpeOQWcvQ57lIs1iuoOw+u1+JEA/6DxQDaxk8vUHcQ&#10;gO29/gdq0MIjYRtmAocC21YLlTVENfPyLzXPPTiVtURzyF1sos+DFU+Hjd36RF1M9tk9onglZnHT&#10;g+1UJvBydHFw82RVMTqqLy3pQm7r2W78iTLWwD5gdmFq/ZAgoz42ZbOPF7PVFJiIj9WiKpcLzsQ5&#10;VUB97nOewg+FA0uHhhttkw1Qw+GRQuIB9bkkPVt80MbkURrLxoZff1uUuYHQaJmSqYx8t9sYzw4Q&#10;l+F7dVMtl1lUzHws87i3MoP1CuT96RxAm/dz/NzYkxdJfto1qncoj1t/9ihOK7M8bVZah4/33P1n&#10;/9dvAAAA//8DAFBLAwQUAAYACAAAACEAO6Mk+eAAAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyP&#10;QU/DMAyF70j8h8hIXFCXMqB0XdMJgcaBA9PGdk8br61onKrJuvLvMRIS3Gy/p+fv5avJdmLEwbeO&#10;FNzOYhBIlTMt1Qr2H+soBeGDJqM7R6jgCz2sisuLXGfGnWmL4y7UgkPIZ1pBE0KfSemrBq32M9cj&#10;sXZ0g9WB16GWZtBnDrednMdxIq1uiT80usfnBqvP3ckqeNkuFof12L+mpbl3b/v3zY3cHJW6vpqe&#10;liACTuHPDD/4jA4FM5XuRMaLTkGUpNwlKHhIHnlgRzRP70CUvxdZ5PJ/h+IbAAD//wMAUEsBAi0A&#10;FAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54&#10;bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJl&#10;bHNQSwECLQAUAAYACAAAACEADENoObIBAABHAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0Rv&#10;Yy54bWxQSwECLQAUAAYACAAAACEAO6Mk+eAAAAALAQAADwAAAAAAAAAAAAAAAAAMBAAAZHJzL2Rv&#10;d25yZXYueG1sUEsFBgAAAAAEAAQA8wAAABkFAAAAAA==&#10;" o:allowincell="f" strokecolor="#428299" strokeweight=".5pt">
               <w10:wrap anchory="page"/>
             </v:line>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r w:rsidR="00A86AA7" w:rsidRPr="008F3500">
       <w:rPr>
         <w:rFonts w:ascii="Republika" w:hAnsi="Republika"/>
         <w:lang w:val="sl-SI"/>
       </w:rPr>
       <w:t>REPUBLIKA SLOVENIJA</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="55CF812C" w14:textId="77777777" w:rsidR="00A86AA7" w:rsidRPr="008F3500" w:rsidRDefault="00A86AA7" w:rsidP="00924E3C">
+  <w:p w14:paraId="7C62B82D" w14:textId="77777777" w:rsidR="00A86AA7" w:rsidRPr="008F3500" w:rsidRDefault="00A86AA7" w:rsidP="00924E3C">
     <w:pPr>
       <w:pStyle w:val="Glava"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4320"/>
         <w:tab w:val="clear" w:pos="8640"/>
         <w:tab w:val="left" w:pos="5112"/>
       </w:tabs>
       <w:spacing w:after="120" w:line="240" w:lineRule="exact"/>
       <w:rPr>
         <w:rFonts w:ascii="Republika Bold" w:hAnsi="Republika Bold"/>
         <w:b/>
         <w:caps/>
         <w:lang w:val="sl-SI"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Republika Bold" w:hAnsi="Republika Bold"/>
         <w:b/>
         <w:caps/>
         <w:lang w:val="sl-SI"/>
       </w:rPr>
       <w:t>Ministrstvo za finance</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="149B4E74" w14:textId="77777777" w:rsidR="00A86AA7" w:rsidRDefault="00A86AA7" w:rsidP="00ED7E82">
+  <w:p w14:paraId="72408D08" w14:textId="77777777" w:rsidR="00A86AA7" w:rsidRDefault="00A86AA7" w:rsidP="00ED7E82">
     <w:pPr>
       <w:pStyle w:val="Glava"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4320"/>
         <w:tab w:val="clear" w:pos="8640"/>
         <w:tab w:val="left" w:pos="5112"/>
       </w:tabs>
       <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="exact"/>
       <w:rPr>
         <w:rFonts w:ascii="Republika" w:hAnsi="Republika"/>
         <w:caps/>
         <w:lang w:val="sl-SI"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Republika" w:hAnsi="Republika"/>
         <w:caps/>
         <w:lang w:val="sl-SI"/>
       </w:rPr>
       <w:t>FINANČNA uprava Republike Slovenije</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="251D66F9" w14:textId="77777777" w:rsidR="00A86AA7" w:rsidRPr="008F3500" w:rsidRDefault="00A86AA7" w:rsidP="00ED7E82">
+  <w:p w14:paraId="316F6152" w14:textId="77777777" w:rsidR="00A86AA7" w:rsidRPr="008F3500" w:rsidRDefault="00A86AA7" w:rsidP="00ED7E82">
     <w:pPr>
       <w:pStyle w:val="Glava"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4320"/>
         <w:tab w:val="clear" w:pos="8640"/>
         <w:tab w:val="left" w:pos="5112"/>
       </w:tabs>
       <w:spacing w:before="240" w:line="240" w:lineRule="exact"/>
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:lang w:val="sl-SI"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:lang w:val="sl-SI"/>
       </w:rPr>
       <w:t>Šmartinska cesta 55, p.p. 631</w:t>
     </w:r>
     <w:r w:rsidRPr="008F3500">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
@@ -6750,133 +6718,133 @@
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:lang w:val="sl-SI"/>
       </w:rPr>
       <w:t>1001 Ljubljana</w:t>
     </w:r>
     <w:r w:rsidRPr="008F3500">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:lang w:val="sl-SI"/>
       </w:rPr>
       <w:tab/>
       <w:t xml:space="preserve">T: </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:lang w:val="sl-SI"/>
       </w:rPr>
       <w:t>01 478 38 00</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="74042616" w14:textId="77777777" w:rsidR="00A86AA7" w:rsidRPr="008F3500" w:rsidRDefault="00A86AA7" w:rsidP="007D75CF">
+  <w:p w14:paraId="18F5528B" w14:textId="77777777" w:rsidR="00A86AA7" w:rsidRPr="008F3500" w:rsidRDefault="00A86AA7" w:rsidP="007D75CF">
     <w:pPr>
       <w:pStyle w:val="Glava"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4320"/>
         <w:tab w:val="clear" w:pos="8640"/>
         <w:tab w:val="left" w:pos="5112"/>
       </w:tabs>
       <w:spacing w:line="240" w:lineRule="exact"/>
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:lang w:val="sl-SI"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="008F3500">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:lang w:val="sl-SI"/>
       </w:rPr>
       <w:tab/>
       <w:t xml:space="preserve">E: </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:lang w:val="sl-SI"/>
       </w:rPr>
       <w:t>gfu.fu@gov.si</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="5E360CB5" w14:textId="77777777" w:rsidR="00A86AA7" w:rsidRPr="008F3500" w:rsidRDefault="00A86AA7" w:rsidP="007D75CF">
+  <w:p w14:paraId="166C6A7A" w14:textId="77777777" w:rsidR="00A86AA7" w:rsidRPr="008F3500" w:rsidRDefault="00A86AA7" w:rsidP="007D75CF">
     <w:pPr>
       <w:pStyle w:val="Glava"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4320"/>
         <w:tab w:val="clear" w:pos="8640"/>
         <w:tab w:val="left" w:pos="5112"/>
       </w:tabs>
       <w:spacing w:line="240" w:lineRule="exact"/>
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:lang w:val="sl-SI"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="008F3500">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:lang w:val="sl-SI"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:lang w:val="sl-SI"/>
       </w:rPr>
       <w:t>www.fu.gov.si</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="5A925930" w14:textId="77777777" w:rsidR="00A86AA7" w:rsidRPr="008F3500" w:rsidRDefault="00A86AA7" w:rsidP="007D75CF">
+  <w:p w14:paraId="583D84D7" w14:textId="77777777" w:rsidR="00A86AA7" w:rsidRPr="008F3500" w:rsidRDefault="00A86AA7" w:rsidP="007D75CF">
     <w:pPr>
       <w:pStyle w:val="Glava"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4320"/>
         <w:tab w:val="clear" w:pos="8640"/>
         <w:tab w:val="left" w:pos="5112"/>
       </w:tabs>
       <w:rPr>
         <w:lang w:val="sl-SI"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="061C20CE"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="41E679C0"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.0"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="405" w:hanging="405"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1125" w:hanging="405"/>
       </w:pPr>
       <w:rPr>
@@ -9894,142 +9862,142 @@
     <w:lvl w:ilvl="7" w:tplc="00190409" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="001B0409" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="1848278485">
+  <w:num w:numId="1" w16cid:durableId="70008200">
     <w:abstractNumId w:val="28"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="930510096">
+  <w:num w:numId="2" w16cid:durableId="1291548869">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="1056662392">
+  <w:num w:numId="3" w16cid:durableId="1978489216">
     <w:abstractNumId w:val="18"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="1284578230">
+  <w:num w:numId="4" w16cid:durableId="1501195781">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="1140418527">
+  <w:num w:numId="5" w16cid:durableId="213008276">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="6" w16cid:durableId="399716470">
+  <w:num w:numId="6" w16cid:durableId="1227569333">
     <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="7" w16cid:durableId="1574966520">
+  <w:num w:numId="7" w16cid:durableId="703405837">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="8" w16cid:durableId="656567265">
+  <w:num w:numId="8" w16cid:durableId="1909336885">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="9" w16cid:durableId="1907063354">
+  <w:num w:numId="9" w16cid:durableId="1587111988">
     <w:abstractNumId w:val="20"/>
   </w:num>
-  <w:num w:numId="10" w16cid:durableId="1171022234">
+  <w:num w:numId="10" w16cid:durableId="1400246473">
     <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="11" w16cid:durableId="683825396">
+  <w:num w:numId="11" w16cid:durableId="647786850">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="12" w16cid:durableId="1105151906">
+  <w:num w:numId="12" w16cid:durableId="99646261">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="13" w16cid:durableId="1591619524">
+  <w:num w:numId="13" w16cid:durableId="1938514358">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="14" w16cid:durableId="633677163">
+  <w:num w:numId="14" w16cid:durableId="1079642789">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="15" w16cid:durableId="1155611625">
+  <w:num w:numId="15" w16cid:durableId="2085059578">
     <w:abstractNumId w:val="22"/>
   </w:num>
-  <w:num w:numId="16" w16cid:durableId="327363074">
+  <w:num w:numId="16" w16cid:durableId="151139180">
     <w:abstractNumId w:val="25"/>
   </w:num>
-  <w:num w:numId="17" w16cid:durableId="1553080296">
+  <w:num w:numId="17" w16cid:durableId="1916278765">
     <w:abstractNumId w:val="27"/>
   </w:num>
-  <w:num w:numId="18" w16cid:durableId="1289972118">
+  <w:num w:numId="18" w16cid:durableId="80612768">
     <w:abstractNumId w:val="17"/>
   </w:num>
-  <w:num w:numId="19" w16cid:durableId="1897281520">
+  <w:num w:numId="19" w16cid:durableId="1903366510">
     <w:abstractNumId w:val="21"/>
   </w:num>
-  <w:num w:numId="20" w16cid:durableId="936790824">
+  <w:num w:numId="20" w16cid:durableId="1670911143">
     <w:abstractNumId w:val="19"/>
   </w:num>
-  <w:num w:numId="21" w16cid:durableId="170685575">
+  <w:num w:numId="21" w16cid:durableId="53940190">
     <w:abstractNumId w:val="24"/>
   </w:num>
-  <w:num w:numId="22" w16cid:durableId="985478065">
+  <w:num w:numId="22" w16cid:durableId="1670517848">
     <w:abstractNumId w:val="26"/>
   </w:num>
-  <w:num w:numId="23" w16cid:durableId="1016735339">
+  <w:num w:numId="23" w16cid:durableId="659231127">
     <w:abstractNumId w:val="16"/>
   </w:num>
-  <w:num w:numId="24" w16cid:durableId="390929779">
+  <w:num w:numId="24" w16cid:durableId="2088110183">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="25" w16cid:durableId="16741899">
+  <w:num w:numId="25" w16cid:durableId="180973430">
     <w:abstractNumId w:val="14"/>
   </w:num>
-  <w:num w:numId="26" w16cid:durableId="1116750672">
+  <w:num w:numId="26" w16cid:durableId="1559583598">
     <w:abstractNumId w:val="15"/>
   </w:num>
-  <w:num w:numId="27" w16cid:durableId="274019492">
+  <w:num w:numId="27" w16cid:durableId="1489904997">
     <w:abstractNumId w:val="23"/>
   </w:num>
-  <w:num w:numId="28" w16cid:durableId="828517964">
+  <w:num w:numId="28" w16cid:durableId="979387466">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="29" w16cid:durableId="1660769779">
+  <w:num w:numId="29" w16cid:durableId="282079768">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="0001" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="0" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:documentProtection w:edit="readOnly" w:enforcement="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="284"/>
   <w:drawingGridVerticalSpacing w:val="284"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:drawingGridHorizontalOrigin w:val="0"/>
   <w:drawingGridVerticalOrigin w:val="0"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050">
       <o:colormru v:ext="edit" colors="#428299"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
@@ -10050,309 +10018,315 @@
     <w:rsid w:val="00023A88"/>
     <w:rsid w:val="00030608"/>
     <w:rsid w:val="000517B6"/>
     <w:rsid w:val="000605DC"/>
     <w:rsid w:val="00075B01"/>
     <w:rsid w:val="000805EA"/>
     <w:rsid w:val="000812E8"/>
     <w:rsid w:val="0008352D"/>
     <w:rsid w:val="000A488B"/>
     <w:rsid w:val="000A7238"/>
     <w:rsid w:val="000B0B21"/>
     <w:rsid w:val="000C203D"/>
     <w:rsid w:val="000C2273"/>
     <w:rsid w:val="000C7716"/>
     <w:rsid w:val="000E37B6"/>
     <w:rsid w:val="001357B2"/>
     <w:rsid w:val="00173CA1"/>
     <w:rsid w:val="001A3BA5"/>
     <w:rsid w:val="001B38AB"/>
     <w:rsid w:val="001C2D67"/>
     <w:rsid w:val="001D056A"/>
     <w:rsid w:val="001F3B22"/>
     <w:rsid w:val="001F4287"/>
     <w:rsid w:val="001F7BC0"/>
     <w:rsid w:val="00202A77"/>
-    <w:rsid w:val="00211A46"/>
     <w:rsid w:val="002302D9"/>
     <w:rsid w:val="002452A8"/>
     <w:rsid w:val="00271CE5"/>
     <w:rsid w:val="00276637"/>
     <w:rsid w:val="002769C7"/>
     <w:rsid w:val="00282020"/>
     <w:rsid w:val="00284671"/>
     <w:rsid w:val="002A5510"/>
     <w:rsid w:val="002A7AC0"/>
     <w:rsid w:val="002F6D3E"/>
     <w:rsid w:val="00301B00"/>
     <w:rsid w:val="003036F7"/>
     <w:rsid w:val="003144A6"/>
     <w:rsid w:val="003379F3"/>
     <w:rsid w:val="00342BA0"/>
     <w:rsid w:val="0034548A"/>
     <w:rsid w:val="003636BF"/>
     <w:rsid w:val="00370AA7"/>
     <w:rsid w:val="00370FCA"/>
     <w:rsid w:val="0037479F"/>
     <w:rsid w:val="003845B4"/>
     <w:rsid w:val="00387B1A"/>
     <w:rsid w:val="003B4767"/>
     <w:rsid w:val="003E1C74"/>
     <w:rsid w:val="003E5F66"/>
     <w:rsid w:val="003E7E64"/>
     <w:rsid w:val="00402EA4"/>
     <w:rsid w:val="0041632F"/>
     <w:rsid w:val="004275E6"/>
     <w:rsid w:val="00434091"/>
     <w:rsid w:val="00446530"/>
     <w:rsid w:val="00446B8E"/>
     <w:rsid w:val="0046678F"/>
     <w:rsid w:val="00466EC6"/>
     <w:rsid w:val="004A3E04"/>
     <w:rsid w:val="004B112D"/>
     <w:rsid w:val="004C54A5"/>
     <w:rsid w:val="004E08ED"/>
     <w:rsid w:val="004E1615"/>
     <w:rsid w:val="004F1DDD"/>
     <w:rsid w:val="005021CC"/>
     <w:rsid w:val="00517EBA"/>
     <w:rsid w:val="00526246"/>
     <w:rsid w:val="00534B6B"/>
+    <w:rsid w:val="005352BF"/>
     <w:rsid w:val="00542900"/>
     <w:rsid w:val="00567106"/>
     <w:rsid w:val="00576D3F"/>
     <w:rsid w:val="00580595"/>
     <w:rsid w:val="00591C3E"/>
     <w:rsid w:val="005C454B"/>
     <w:rsid w:val="005D4DF6"/>
     <w:rsid w:val="005D5786"/>
     <w:rsid w:val="005E1D3C"/>
     <w:rsid w:val="005E226F"/>
+    <w:rsid w:val="006274F1"/>
     <w:rsid w:val="00632253"/>
     <w:rsid w:val="00642714"/>
     <w:rsid w:val="00643C4E"/>
     <w:rsid w:val="00644338"/>
     <w:rsid w:val="006455CE"/>
     <w:rsid w:val="00666FE7"/>
     <w:rsid w:val="00667BB9"/>
     <w:rsid w:val="00667FAE"/>
     <w:rsid w:val="00672DC4"/>
     <w:rsid w:val="00690689"/>
     <w:rsid w:val="006D2FCD"/>
     <w:rsid w:val="006D42D9"/>
     <w:rsid w:val="006D6EA5"/>
     <w:rsid w:val="006E770C"/>
     <w:rsid w:val="00726463"/>
     <w:rsid w:val="00733017"/>
     <w:rsid w:val="0074765E"/>
     <w:rsid w:val="00751D38"/>
     <w:rsid w:val="00761EA2"/>
     <w:rsid w:val="00774D08"/>
     <w:rsid w:val="00783310"/>
-    <w:rsid w:val="0078334A"/>
     <w:rsid w:val="007A4A6D"/>
     <w:rsid w:val="007C68D1"/>
     <w:rsid w:val="007D1BCF"/>
     <w:rsid w:val="007D75CF"/>
     <w:rsid w:val="007E6DC5"/>
     <w:rsid w:val="00803D35"/>
     <w:rsid w:val="00843E28"/>
     <w:rsid w:val="00861F39"/>
     <w:rsid w:val="0086530F"/>
     <w:rsid w:val="0088043C"/>
     <w:rsid w:val="00882DDA"/>
     <w:rsid w:val="00887E1E"/>
     <w:rsid w:val="00890488"/>
     <w:rsid w:val="008906C9"/>
     <w:rsid w:val="0089486A"/>
     <w:rsid w:val="00894B9F"/>
     <w:rsid w:val="00896D60"/>
     <w:rsid w:val="008B3AD3"/>
     <w:rsid w:val="008B5717"/>
     <w:rsid w:val="008C5738"/>
     <w:rsid w:val="008C685B"/>
     <w:rsid w:val="008D04F0"/>
     <w:rsid w:val="008D1A10"/>
     <w:rsid w:val="008D5F52"/>
+    <w:rsid w:val="008D5FE5"/>
     <w:rsid w:val="008E0ECC"/>
     <w:rsid w:val="008F026E"/>
     <w:rsid w:val="008F3500"/>
     <w:rsid w:val="00915393"/>
+    <w:rsid w:val="0091688E"/>
     <w:rsid w:val="00924E3C"/>
     <w:rsid w:val="009258B1"/>
     <w:rsid w:val="009339DA"/>
     <w:rsid w:val="009477FA"/>
     <w:rsid w:val="009541F3"/>
     <w:rsid w:val="00954FEE"/>
     <w:rsid w:val="009612BB"/>
     <w:rsid w:val="009A5B06"/>
     <w:rsid w:val="009D7F91"/>
+    <w:rsid w:val="009E5D4E"/>
     <w:rsid w:val="009E6AC6"/>
     <w:rsid w:val="009F30FB"/>
     <w:rsid w:val="009F385C"/>
     <w:rsid w:val="00A000F2"/>
     <w:rsid w:val="00A07C83"/>
     <w:rsid w:val="00A125C5"/>
     <w:rsid w:val="00A12D5C"/>
     <w:rsid w:val="00A141AF"/>
     <w:rsid w:val="00A16427"/>
     <w:rsid w:val="00A34EBE"/>
     <w:rsid w:val="00A5039D"/>
     <w:rsid w:val="00A61123"/>
     <w:rsid w:val="00A62AC2"/>
     <w:rsid w:val="00A65EE7"/>
     <w:rsid w:val="00A70133"/>
     <w:rsid w:val="00A715AC"/>
     <w:rsid w:val="00A810AF"/>
     <w:rsid w:val="00A86AA7"/>
     <w:rsid w:val="00A907FB"/>
     <w:rsid w:val="00A9491B"/>
     <w:rsid w:val="00AA02BB"/>
     <w:rsid w:val="00AC5C16"/>
     <w:rsid w:val="00AD3B1D"/>
     <w:rsid w:val="00AD69BE"/>
+    <w:rsid w:val="00B01A2D"/>
     <w:rsid w:val="00B1337D"/>
     <w:rsid w:val="00B17141"/>
     <w:rsid w:val="00B21804"/>
+    <w:rsid w:val="00B24897"/>
     <w:rsid w:val="00B27607"/>
     <w:rsid w:val="00B31575"/>
     <w:rsid w:val="00B47AF6"/>
     <w:rsid w:val="00B53904"/>
     <w:rsid w:val="00B75A19"/>
     <w:rsid w:val="00B8547D"/>
     <w:rsid w:val="00B92705"/>
+    <w:rsid w:val="00BA6853"/>
     <w:rsid w:val="00BB5D4F"/>
     <w:rsid w:val="00BB7EB6"/>
     <w:rsid w:val="00BC668E"/>
     <w:rsid w:val="00BE094A"/>
     <w:rsid w:val="00BF4F06"/>
     <w:rsid w:val="00C13595"/>
     <w:rsid w:val="00C250D5"/>
     <w:rsid w:val="00C47F8D"/>
     <w:rsid w:val="00C64874"/>
     <w:rsid w:val="00C66000"/>
     <w:rsid w:val="00C81391"/>
     <w:rsid w:val="00C92898"/>
     <w:rsid w:val="00C9445A"/>
     <w:rsid w:val="00C95CF7"/>
     <w:rsid w:val="00CA0922"/>
     <w:rsid w:val="00CA699D"/>
     <w:rsid w:val="00CA6A57"/>
     <w:rsid w:val="00CA7E17"/>
     <w:rsid w:val="00CB6358"/>
     <w:rsid w:val="00CC179C"/>
     <w:rsid w:val="00CD5BC1"/>
     <w:rsid w:val="00CE72B1"/>
     <w:rsid w:val="00CE7514"/>
     <w:rsid w:val="00CF5BC0"/>
     <w:rsid w:val="00D248DE"/>
     <w:rsid w:val="00D35E84"/>
     <w:rsid w:val="00D516AC"/>
     <w:rsid w:val="00D668B5"/>
+    <w:rsid w:val="00D70F79"/>
     <w:rsid w:val="00D71DB3"/>
     <w:rsid w:val="00D72C86"/>
     <w:rsid w:val="00D8542D"/>
     <w:rsid w:val="00D964B6"/>
     <w:rsid w:val="00DA2C9A"/>
     <w:rsid w:val="00DA3A29"/>
-    <w:rsid w:val="00DA3E9F"/>
     <w:rsid w:val="00DA54BF"/>
     <w:rsid w:val="00DA73BA"/>
     <w:rsid w:val="00DC6A71"/>
     <w:rsid w:val="00DE5B46"/>
     <w:rsid w:val="00E0357D"/>
     <w:rsid w:val="00E06694"/>
     <w:rsid w:val="00E24EC2"/>
     <w:rsid w:val="00E439CB"/>
     <w:rsid w:val="00E46B11"/>
     <w:rsid w:val="00E57198"/>
     <w:rsid w:val="00E572FE"/>
     <w:rsid w:val="00E57A3D"/>
     <w:rsid w:val="00E72D3A"/>
     <w:rsid w:val="00E74256"/>
     <w:rsid w:val="00E835F1"/>
     <w:rsid w:val="00E853E8"/>
     <w:rsid w:val="00E91444"/>
     <w:rsid w:val="00EA3960"/>
     <w:rsid w:val="00EB2B77"/>
     <w:rsid w:val="00ED19EC"/>
     <w:rsid w:val="00ED7E82"/>
     <w:rsid w:val="00EE6836"/>
     <w:rsid w:val="00F079C5"/>
     <w:rsid w:val="00F11C41"/>
     <w:rsid w:val="00F240BB"/>
     <w:rsid w:val="00F46724"/>
     <w:rsid w:val="00F53DA2"/>
     <w:rsid w:val="00F57E64"/>
     <w:rsid w:val="00F57FED"/>
+    <w:rsid w:val="00F755C9"/>
     <w:rsid w:val="00F75F95"/>
     <w:rsid w:val="00F825FF"/>
     <w:rsid w:val="00F86825"/>
     <w:rsid w:val="00F907E8"/>
     <w:rsid w:val="00FC26D3"/>
     <w:rsid w:val="00FD2BEC"/>
-    <w:rsid w:val="00FD5B64"/>
     <w:rsid w:val="00FF019E"/>
     <w:rsid w:val="00FF430F"/>
     <w:rsid w:val="00FF68BC"/>
     <w:rsid w:val="00FF782C"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sl-SI"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050">
       <o:colormru v:ext="edit" colors="#428299"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:doNotEmbedSmartTags/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="275146ED"/>
+  <w14:docId w14:val="328EF1EA"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{591C6F95-CC24-4C20-B8F8-D520C56E7FE4}"/>
+  <w15:docId w15:val="{A78C84A7-4BC1-4DB5-992A-B099E2252FB8}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="sl-SI" w:eastAsia="sl-SI" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39" w:qFormat="1"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39" w:qFormat="1"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39" w:qFormat="1"/>
     <w:lsdException w:name="footer" w:uiPriority="99"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -11028,51 +11002,51 @@
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Nerazreenaomemba">
     <w:name w:val="Unresolved Mention"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E835F1"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="1145396366">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1381897772">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -11216,101 +11190,101 @@
                           <w:marBottom w:val="0"/>
                           <w:divBdr>
                             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                           </w:divBdr>
                         </w:div>
                       </w:divsChild>
                     </w:div>
                   </w:divsChild>
                 </w:div>
               </w:divsChild>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:targetScreenSz w:val="800x600"/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/SL/TXT/PDF/?uri=OJ:L_202402522" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.wcoomd.org/en/topics/nomenclature/instrument-and-tools/hs-nomenclature-2017-edition/hs-nomenclature-2017-edition.aspx" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/oj/direct-access.html?locale=sl" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/SL/TXT/PDF/?uri=CELEX:31987R2658&amp;from=SL" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fu.gov.si/carina/podrocja/nomenklatura_uvrscanje_in_taric/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/SL/TXT/?uri=uriserv%3AOJ.C_.2019.119.01.0001.01.SLV&amp;toc=OJ%3AC%3A2019%3A119%3ATOC" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/SL/TXT/PDF/?uri=OJ:L_202501926" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wcotradetools.org/en/harmonized-system" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/oj/direct-access.html?locale=sl" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fu.gov.si/carina/podrocja/nomenklatura_uvrscanje_in_taric/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/SL/TXT/PDF/?uri=CELEX:31987R2658&amp;from=SL" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/SL/TXT/?uri=uriserv%3AOJ.C_.2019.119.01.0001.01.SLV&amp;toc=OJ%3AC%3A2019%3A119%3ATOC" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/SL/TXT/PDF/?uri=OJ:L_202501926" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///\\gu00nt02\APPL\GDU%20PREDLOGE\GFU\FURS\Finan&#269;na%20uprava%20RS.dot" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Officeova tema">
   <a:themeElements>
     <a:clrScheme name="Pisarna">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="ED7D31"/>
+        <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A5A5A5"/>
+        <a:srgbClr val="196B24"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFC000"/>
+        <a:srgbClr val="0F9ED5"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="A02B93"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="70AD47"/>
+        <a:srgbClr val="4EA72E"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0563C1"/>
+        <a:srgbClr val="467886"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="96607D"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Pisarna">
       <a:majorFont>
-        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:latin typeface="Aptos Display" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
@@ -11318,51 +11292,51 @@
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
         <a:font script="Armn" typeface="Arial"/>
         <a:font script="Bugi" typeface="Leelawadee UI"/>
         <a:font script="Bopo" typeface="Microsoft JhengHei"/>
         <a:font script="Java" typeface="Javanese Text"/>
         <a:font script="Lisu" typeface="Segoe UI"/>
         <a:font script="Mymr" typeface="Myanmar Text"/>
         <a:font script="Nkoo" typeface="Ebrima"/>
         <a:font script="Olck" typeface="Nirmala UI"/>
         <a:font script="Osma" typeface="Ebrima"/>
         <a:font script="Phag" typeface="Phagspa"/>
         <a:font script="Syrn" typeface="Estrangelo Edessa"/>
         <a:font script="Syrj" typeface="Estrangelo Edessa"/>
         <a:font script="Syre" typeface="Estrangelo Edessa"/>
         <a:font script="Sora" typeface="Nirmala UI"/>
         <a:font script="Tale" typeface="Microsoft Tai Le"/>
         <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
         <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Aptos" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
@@ -11429,65 +11403,65 @@
               <a:schemeClr val="phClr">
                 <a:satMod val="103000"/>
                 <a:lumMod val="102000"/>
                 <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:satMod val="110000"/>
                 <a:lumMod val="100000"/>
                 <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="99000"/>
                 <a:satMod val="120000"/>
                 <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
-[...5 lines deleted...]
-        </a:ln>
         <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
         <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
             <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
                 <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
@@ -11508,55 +11482,75 @@
                 <a:satMod val="150000"/>
                 <a:shade val="98000"/>
                 <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
-  <a:objectDefaults/>
+  <a:objectDefaults>
+    <a:lnDef>
+      <a:spPr/>
+      <a:bodyPr/>
+      <a:lstStyle/>
+      <a:style>
+        <a:lnRef idx="2">
+          <a:schemeClr val="accent1"/>
+        </a:lnRef>
+        <a:fillRef idx="0">
+          <a:schemeClr val="accent1"/>
+        </a:fillRef>
+        <a:effectRef idx="1">
+          <a:schemeClr val="accent1"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="tx1"/>
+        </a:fontRef>
+      </a:style>
+    </a:lnDef>
+  </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
@@ -11700,202 +11694,220 @@
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3EB8303F-2580-40B0-A19A-6FC9403D573C}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E88A3AEE-85A3-4936-8E9D-653CDEADEFD4}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2E3FB02C-8002-4AC0-8B29-B8EB8F1467F6}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8C0FEE96-1139-4030-8D92-CA506E1D349C}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Finančna uprava RS</Template>
   <TotalTime></TotalTime>
   <Pages>6</Pages>
   <Words>1387</Words>
-  <Characters>7907</Characters>
+  <Characters>7910</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>65</Lines>
   <Paragraphs>18</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Naslov</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>Številka:</vt:lpstr>
       <vt:lpstr>Številka: </vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Finančna Uprava RS</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>9276</CharactersWithSpaces>
+  <CharactersWithSpaces>9279</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
-    <vt:vector size="42" baseType="variant">
+    <vt:vector size="48" baseType="variant">
       <vt:variant>
         <vt:i4>393338</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:i4>18</vt:i4>
+        <vt:i4>21</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>http://www.fu.gov.si/carina/podrocja/nomenklatura_uvrscanje_in_taric/</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>5636190</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:i4>15</vt:i4>
+        <vt:i4>18</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>https://eur-lex.europa.eu/oj/direct-access.html?locale=sl</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>4980798</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:i4>12</vt:i4>
+        <vt:i4>15</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>https://www.fu.gov.si/carina/podrocja/nomenklatura_uvrscanje_in_taric/</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>c1008</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>37</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:i4>9</vt:i4>
+        <vt:i4>12</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>https://eur-lex.europa.eu/legal-content/SL/TXT/?uri=uriserv%3AOJ.C_.2019.119.01.0001.01.SLV&amp;toc=OJ%3AC%3A2019%3A119%3ATOC</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>8061014</vt:i4>
+        <vt:i4>7536724</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>9</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://eur-lex.europa.eu/legal-content/SL/TXT/PDF/?uri=OJ:L_202501926</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>7536724</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>https://eur-lex.europa.eu/legal-content/SL/TXT/PDF/?uri=OJ:L_202402522</vt:lpwstr>
+        <vt:lpwstr>https://eur-lex.europa.eu/legal-content/SL/TXT/PDF/?uri=OJ:L_202501926</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>4587603</vt:i4>
+        <vt:i4>7405693</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>http://www.wcoomd.org/en/topics/nomenclature/instrument-and-tools/hs-nomenclature-2017-edition/hs-nomenclature-2017-edition.aspx</vt:lpwstr>
+        <vt:lpwstr>https://www.wcotradetools.org/en/harmonized-system</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>6094943</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>https://eur-lex.europa.eu/legal-content/SL/TXT/PDF/?uri=CELEX:31987R2658&amp;from=SL</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
     </vt:vector>
   </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>